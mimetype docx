--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1271,51 +1271,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="15BD491B" w14:textId="6C451879" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="15BD491B" w14:textId="6C451879" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367690" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Research Project Title (Max. 200 characters)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1344,51 +1344,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="19AA4197" w14:textId="7745A39B" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="19AA4197" w14:textId="7745A39B" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367691" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Brief description of the proposal (Max. 2,000 characters)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1417,51 +1417,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="33A2FAD9" w14:textId="3A68A0C6" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="33A2FAD9" w14:textId="3A68A0C6" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367692" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Duration (months – max. 24)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1490,51 +1490,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0E7E2B21" w14:textId="6B0062EC" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="0E7E2B21" w14:textId="6B0062EC" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367693" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Scientific issues (Indicate at least 1 item)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1563,51 +1563,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="194951BB" w14:textId="428D46A1" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="194951BB" w14:textId="428D46A1" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367694" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Keywords (3 to 6: free)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1636,51 +1636,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2CD12403" w14:textId="44730D6D" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="2CD12403" w14:textId="44730D6D" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367695" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
@@ -1729,51 +1729,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E5F5FF4" w14:textId="188BB4BA" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="6E5F5FF4" w14:textId="188BB4BA" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367696" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
@@ -1822,51 +1822,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5BF0FDD0" w14:textId="787773DD" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="5BF0FDD0" w14:textId="787773DD" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367697" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1895,51 +1895,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4745FD3D" w14:textId="2640B4C7" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="4745FD3D" w14:textId="2640B4C7" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367698" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>List of research units</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -1968,51 +1968,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6310DD7B" w14:textId="24043359" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="6310DD7B" w14:textId="24043359" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367699" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
@@ -2060,51 +2060,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="190DAD19" w14:textId="2B9EEE45" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="190DAD19" w14:textId="2B9EEE45" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367700" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
@@ -2152,51 +2152,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CB663C3" w14:textId="51AE7F48" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="3CB663C3" w14:textId="51AE7F48" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367701" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1. State of the art</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2225,51 +2225,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3C1DF4D9" w14:textId="2FB8084A" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="3C1DF4D9" w14:textId="2FB8084A" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367702" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2. Detailed description of the project: methodologies, objectives and results that the project aims to achieve and its interest for the advancement of knowledge, as well as methods of dissemination of the results achieved</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2298,51 +2298,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="64470DD5" w14:textId="0B44D919" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="64470DD5" w14:textId="0B44D919" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367703" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3. Motivation of the strategic opportunity to join the international initiative and / or to participate in the international collaboration activity, documented at least by declarations of intent (to be attached);</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2371,51 +2371,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="14EA9EE4" w14:textId="5E53C008" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="14EA9EE4" w14:textId="5E53C008" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367704" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- documentation relating to the progress of the initiative and the involvement of other countries;</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2444,51 +2444,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="07DE43A2" w14:textId="672CBA81" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="07DE43A2" w14:textId="672CBA81" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367705" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- description of the contribution from foreign partners and any financial contribution;</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2517,51 +2517,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="74D5572B" w14:textId="19971C71" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="74D5572B" w14:textId="19971C71" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367706" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- description of the composition of the scientific and technical team, both Italian and foreign;</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2590,51 +2590,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="377E0B1A" w14:textId="2FA61A01" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="377E0B1A" w14:textId="2FA61A01" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367707" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>- forecast of future development of the initiative. (Max.3,000 characters)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2663,51 +2663,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="797CAF4C" w14:textId="5C4E9146" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="797CAF4C" w14:textId="5C4E9146" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367708" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4. Time schedule</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2736,51 +2736,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3F5DE20F" w14:textId="4ABB16E4" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="3F5DE20F" w14:textId="4ABB16E4" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367709" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5. Description of the technical-logistic requirements, with precise indication of the costs to be incurred for hospitality at the foreign infrastructure up to a maximum of Euro 60,000.00 and the use of the national Antarctic Interlaboratory System (SIA) (Max.3,000 characters)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2809,51 +2809,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0FB61F36" w14:textId="400DC951" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="0FB61F36" w14:textId="400DC951" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367710" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6. People participating to activities in polar area (number)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2882,51 +2882,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="58D81236" w14:textId="155D553A" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="58D81236" w14:textId="155D553A" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367711" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6. Project development, with identification of the role of each research unit, with regards to related modalities of integration and collaboration</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -2955,51 +2955,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="743F9946" w14:textId="2C621E7B" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="743F9946" w14:textId="2C621E7B" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367712" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>7. Possible application potentialities and scientific and/or technological and/or economic impact</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -3028,51 +3028,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="46E815B4" w14:textId="765C9264" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="46E815B4" w14:textId="765C9264" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367713" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>8. Financial aspects: costs</w:t>
             </w:r>
@@ -3125,51 +3125,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50957D38" w14:textId="6941922B" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="50957D38" w14:textId="6941922B" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367714" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total budget required to PNRA</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
@@ -3198,51 +3198,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="11F1BD97" w14:textId="4EA2DE10" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="11F1BD97" w14:textId="4EA2DE10" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367715" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>9. Description of the data collection, storage and management program (</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
@@ -3280,51 +3280,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="02030115" w14:textId="3289FA9B" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="02030115" w14:textId="3289FA9B" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367716" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Curriculum Vitae of Principal Investigator (Max 2 pages)</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
@@ -3354,51 +3354,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="484D3116" w14:textId="64644EDC" w:rsidR="008F5F49" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="484D3116" w14:textId="64644EDC" w:rsidR="008F5F49" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc200367717" w:history="1">
             <w:r w:rsidR="008F5F49" w:rsidRPr="005B6EC0">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Attachments</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
@@ -3438,51 +3438,51 @@
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="008F5F49">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="14AD2E52" w14:textId="5460E426" w:rsidR="008F5F49" w:rsidRDefault="008B2926" w:rsidP="008F5F49">
           <w:r w:rsidRPr="00173F0F">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2FC3AE6D" w14:textId="70BF146F" w:rsidR="008B2926" w:rsidRPr="00173F0F" w:rsidRDefault="00846EB4">
+        <w:p w14:paraId="2FC3AE6D" w14:textId="70BF146F" w:rsidR="008B2926" w:rsidRPr="00173F0F" w:rsidRDefault="001941A4">
           <w:pPr>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="351238DE" w14:textId="77777777" w:rsidR="006001CF" w:rsidRPr="00173F0F" w:rsidRDefault="006001CF" w:rsidP="00DC3B66">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="010758C7" w14:textId="4228DF7B" w:rsidR="003A1B55" w:rsidRPr="00173F0F" w:rsidRDefault="008B2926" w:rsidP="00DC3B66">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -3568,51 +3568,51 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA3227" w:rsidRPr="00846EB4" w14:paraId="7AC8F723" w14:textId="77777777" w:rsidTr="00FA3227">
+      <w:tr w:rsidR="00FA3227" w:rsidRPr="001941A4" w14:paraId="7AC8F723" w14:textId="77777777" w:rsidTr="00FA3227">
         <w:trPr>
           <w:trHeight w:val="486"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5538B01C" w14:textId="77777777" w:rsidR="00FA3227" w:rsidRPr="008F5F49" w:rsidRDefault="00FA3227" w:rsidP="003A1B55">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34B4BD6C" w14:textId="28F412AC" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="009A7A60" w:rsidP="009A7A60">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -3634,51 +3634,51 @@
       <w:r w:rsidR="00AF28CB" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>000 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA3227" w:rsidRPr="00846EB4" w14:paraId="18964CD0" w14:textId="77777777" w:rsidTr="00FA3227">
+      <w:tr w:rsidR="00FA3227" w:rsidRPr="001941A4" w14:paraId="18964CD0" w14:textId="77777777" w:rsidTr="00FA3227">
         <w:trPr>
           <w:trHeight w:val="2699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="107CA36D" w14:textId="77777777" w:rsidR="00FA3227" w:rsidRPr="008F5F49" w:rsidRDefault="00FA3227" w:rsidP="001C3883">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="141F05B9" w14:textId="00A4166C" w:rsidR="003A1B55" w:rsidRPr="008F5F49" w:rsidRDefault="001C3883" w:rsidP="00B648F2">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
@@ -3741,313 +3741,272 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65D080EB" w14:textId="54DBE3AE" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="001C3883" w:rsidP="00FA3227">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc200367693"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Scientific issues (Indicate at least 1 item)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="003C7427" w14:textId="27DD68EF" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...40 lines deleted...]
-        <w:t>Life in Antarctica</w:t>
+    <w:p w14:paraId="7301A34D" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="00C47D95" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Earth/Ice/Climate interactions; Antarctic Ocean, Lithosphere and Atmosphere</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A40A169" w14:textId="023C05F2" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...40 lines deleted...]
-        <w:t>Antarctic Geology</w:t>
+    <w:p w14:paraId="20E2ACF2" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="00C47D95" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Life in Antarctica; Evolution, adaptation, biodiversity and biocenosis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7CF731" w14:textId="15E30044" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...40 lines deleted...]
-        <w:t>The Antarctic ice system and the sea level</w:t>
+    <w:p w14:paraId="33119003" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="00C47D95" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Astronomy, astrophysics and space weather</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3123BD96" w14:textId="65CC0983" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...40 lines deleted...]
-        <w:t>The global reach of the Antarctic atmosphere and Southern Ocean</w:t>
+    <w:p w14:paraId="43CEA399" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="00C47D95" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Anthropic impact and environmental contamination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432CF277" w14:textId="7FAB07C8" w:rsidR="001C3883" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...40 lines deleted...]
-        <w:t>Observe Universe above Antarctica and Space Weather</w:t>
+    <w:p w14:paraId="6966FC9F" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="00C47D95" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Biomedicine and psychology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610BD145" w14:textId="3D58569C" w:rsidR="00B648F2" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FA3227">
-[...41 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2EF64A03" w14:textId="77777777" w:rsidR="001941A4" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Technology in Antarctica</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4133494E" w14:textId="77777777" w:rsidR="001941A4" w:rsidRPr="001941A4" w:rsidRDefault="001941A4" w:rsidP="001941A4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5F2B10E6" w14:textId="048CBFF3" w:rsidR="00B648F2" w:rsidRPr="008F5F49" w:rsidRDefault="00B648F2" w:rsidP="00FA3227">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Toc200367694"/>
       <w:r w:rsidR="008F5F49" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keywords (</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
@@ -4293,56 +4252,65 @@
         <w:gridCol w:w="1100"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CE486D" w:rsidRPr="008F5F49" w14:paraId="10842FFB" w14:textId="77777777" w:rsidTr="00B8106A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1162" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23ECA09F" w14:textId="77777777" w:rsidR="00CE486D" w:rsidRPr="008F5F49" w:rsidRDefault="00CE486D" w:rsidP="00845A99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Istitution N.</w:t>
+              <w:t>Istitution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F5F49">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="47DAC97B" w14:textId="77777777" w:rsidR="00CE486D" w:rsidRPr="008F5F49" w:rsidRDefault="00CE486D" w:rsidP="00845A99">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -5754,51 +5722,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="7223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A13A7" w:rsidRPr="00846EB4" w14:paraId="4978BD82" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="005A13A7" w:rsidRPr="001941A4" w14:paraId="4978BD82" w14:textId="77777777" w:rsidTr="006213DB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7803EBC4" w14:textId="77777777" w:rsidR="005A13A7" w:rsidRPr="008F5F49" w:rsidRDefault="005A13A7" w:rsidP="00E66CA5">
             <w:pPr>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Information on legal representative (or his delegate) of Leading Institution</w:t>
             </w:r>
@@ -6209,51 +6177,51 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC525AA" w14:textId="77777777" w:rsidR="00845A99" w:rsidRPr="008F5F49" w:rsidRDefault="00845A99" w:rsidP="003E076A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="7223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006213DB" w:rsidRPr="00846EB4" w14:paraId="3BE3950C" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="006213DB" w:rsidRPr="001941A4" w14:paraId="3BE3950C" w14:textId="77777777" w:rsidTr="006213DB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6242E8A3" w14:textId="77777777" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="006213DB" w:rsidP="006213DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Information on the Principal Investigator</w:t>
@@ -6676,51 +6644,51 @@
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7223" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11EC34C3" w14:textId="77777777" w:rsidR="003072AE" w:rsidRPr="008F5F49" w:rsidRDefault="003072AE" w:rsidP="003072AE">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006213DB" w:rsidRPr="00846EB4" w14:paraId="574063FC" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="006213DB" w:rsidRPr="001941A4" w14:paraId="574063FC" w14:textId="77777777" w:rsidTr="006213DB">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76ACBD22" w14:textId="77777777" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="006213DB" w:rsidP="006213DB">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Role within the belonging institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6755,51 +6723,51 @@
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>No older than</w:t>
       </w:r>
       <w:r w:rsidR="006213DB" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2812C04A" w14:textId="561157CF" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FB7294">
+    <w:p w14:paraId="2812C04A" w14:textId="561157CF" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="001941A4" w:rsidP="00FB7294">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1755009207"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB7294" w:rsidRPr="008F5F49">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -6810,99 +6778,99 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FB7294" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006213DB" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>35 years old</w:t>
       </w:r>
       <w:r w:rsidR="001A5FDE" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (at the deadline for the application)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7267AB06" w14:textId="756DB3EC" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FB7294">
+    <w:p w14:paraId="7267AB06" w14:textId="756DB3EC" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="001941A4" w:rsidP="00FB7294">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1794904833"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB7294" w:rsidRPr="008F5F49">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:szCs w:val="24"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006213DB" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">40 years old </w:t>
       </w:r>
       <w:r w:rsidR="001A5FDE" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(at the deadline for the application)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1904B6" w14:textId="43732E8F" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="00846EB4" w:rsidP="00FB7294">
+    <w:p w14:paraId="0E1904B6" w14:textId="43732E8F" w:rsidR="006213DB" w:rsidRPr="008F5F49" w:rsidRDefault="001941A4" w:rsidP="00FB7294">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1091357280"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB7294" w:rsidRPr="008F5F49">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8043,51 +8011,65 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05A2CB30" w14:textId="77777777" w:rsidR="005A13A7" w:rsidRPr="008F5F49" w:rsidRDefault="001E7E18" w:rsidP="0086403F">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Toc200367699"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Research unit 1</w:t>
       </w:r>
       <w:r w:rsidR="003072AE" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - ……………………………………..*</w:t>
+        <w:t xml:space="preserve"> - …………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003072AE" w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003072AE" w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="51599693" w14:textId="304B7D5C" w:rsidR="008877B1" w:rsidRPr="008F5F49" w:rsidRDefault="003072AE" w:rsidP="003072AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">* Participating Institutions </w:t>
       </w:r>
       <w:r w:rsidR="008F5F49" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -8097,51 +8079,51 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> units</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1111"/>
         <w:gridCol w:w="1145"/>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="1293"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="1744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D80D15" w:rsidRPr="00846EB4" w14:paraId="4104F88B" w14:textId="77777777" w:rsidTr="00CA7F71">
+      <w:tr w:rsidR="00D80D15" w:rsidRPr="001941A4" w14:paraId="4104F88B" w14:textId="77777777" w:rsidTr="00CA7F71">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1114" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74F270B2" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -8232,52 +8214,62 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1294" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BF0712E" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Belonging Istitution</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Belonging </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5F49">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Istitution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0232DED0" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -9235,51 +9227,65 @@
     </w:p>
     <w:p w14:paraId="0CB8CC25" w14:textId="54CDA079" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="0086403F">
       <w:pPr>
         <w:pStyle w:val="Titolo2"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc200367700"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Research unit 2</w:t>
       </w:r>
       <w:r w:rsidR="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>- ……………………………………..*</w:t>
+        <w:t>- …………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="451D8207" w14:textId="2C23D1A1" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">* Participating Institutions </w:t>
       </w:r>
       <w:r w:rsidR="00CA7F71" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
@@ -9290,51 +9296,51 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> units</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="1151"/>
         <w:gridCol w:w="903"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="1295"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="952"/>
         <w:gridCol w:w="1737"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA7F71" w:rsidRPr="00846EB4" w14:paraId="35A4DFE4" w14:textId="77777777" w:rsidTr="00CA7F71">
+      <w:tr w:rsidR="00CA7F71" w:rsidRPr="001941A4" w14:paraId="35A4DFE4" w14:textId="77777777" w:rsidTr="00CA7F71">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1162" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1812184B" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -9429,52 +9435,62 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="338D50DB" w14:textId="77777777" w:rsidR="008877B1" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Belonging Istitution</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Belonging </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F5F49">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Istitution</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F63ADD6" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="008F5F49" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -10641,51 +10657,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">000 characters) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA7F71" w:rsidRPr="00846EB4" w14:paraId="0091ED22" w14:textId="77777777" w:rsidTr="00CA7F71">
+      <w:tr w:rsidR="00CA7F71" w:rsidRPr="001941A4" w14:paraId="0091ED22" w14:textId="77777777" w:rsidTr="00CA7F71">
         <w:trPr>
           <w:trHeight w:val="3160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BF4FCC4" w14:textId="77777777" w:rsidR="00CA7F71" w:rsidRPr="008F5F49" w:rsidRDefault="00CA7F71" w:rsidP="00EB5F7E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="219185C7" w14:textId="77777777" w:rsidR="00CA7F71" w:rsidRPr="008F5F49" w:rsidRDefault="00CA7F71" w:rsidP="00EB5F7E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
@@ -10741,51 +10757,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s and maps embedded in the text</w:t>
       </w:r>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CA7F71" w:rsidRPr="00846EB4" w14:paraId="48A02EB0" w14:textId="77777777" w:rsidTr="00CA7F71">
+      <w:tr w:rsidR="00CA7F71" w:rsidRPr="001941A4" w14:paraId="48A02EB0" w14:textId="77777777" w:rsidTr="00CA7F71">
         <w:trPr>
           <w:trHeight w:val="3162"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="607D7937" w14:textId="77777777" w:rsidR="00CA7F71" w:rsidRPr="008F5F49" w:rsidRDefault="00CA7F71" w:rsidP="0045615B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DCD31EB" w14:textId="77777777" w:rsidR="00CA7F71" w:rsidRPr="008F5F49" w:rsidRDefault="00CA7F71" w:rsidP="0045615B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
@@ -10877,129 +10893,169 @@
     <w:p w14:paraId="0F570681" w14:textId="2D67CD23" w:rsidR="002C5099" w:rsidRPr="008F5F49" w:rsidRDefault="002C5099" w:rsidP="00960D13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc200367703"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3. Motivation of the strategic opportunity to join the international initiative and / or to participate in the international collaboration activity</w:t>
       </w:r>
       <w:r w:rsidR="00960D13" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>, documented at least by declarations of intent (to be attached)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F5F49">
+        <w:t>, documented at least by declarations of intent (to be attached</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00960D13" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:rStyle w:val="Titolo1Carattere"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="18A14A33" w14:textId="77777777" w:rsidR="002C5099" w:rsidRPr="008F5F49" w:rsidRDefault="002C5099" w:rsidP="00960D13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="_Toc200367704"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>- documentation relating to the progress of the initiative and the involvement of other countries;</w:t>
+        <w:t xml:space="preserve">- documentation relating to the progress of the initiative and the involvement of other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:rStyle w:val="Titolo1Carattere"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>countries;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0B7B4930" w14:textId="083EB67B" w:rsidR="002C5099" w:rsidRPr="008F5F49" w:rsidRDefault="002C5099" w:rsidP="00960D13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc200367705"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">- description of the contribution from foreign partners </w:t>
       </w:r>
       <w:r w:rsidR="0030539C" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>and any financial contribution;</w:t>
+        <w:t xml:space="preserve">and any financial </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0030539C" w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:rStyle w:val="Titolo1Carattere"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>contribution;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="13B35D41" w14:textId="77777777" w:rsidR="002C5099" w:rsidRPr="008F5F49" w:rsidRDefault="002C5099" w:rsidP="00960D13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc200367706"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>- description of the composition of the scientific and technical team, both Italian and foreign;</w:t>
+        <w:t xml:space="preserve">- description of the composition of the scientific and technical team, both Italian and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008F5F49">
+        <w:rPr>
+          <w:rStyle w:val="Titolo1Carattere"/>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>foreign;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="77240694" w14:textId="371C1DBE" w:rsidR="002C5099" w:rsidRPr="008F5F49" w:rsidRDefault="002C5099" w:rsidP="00CA7F71">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc200367707"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>- forecast of future development of the initiative.</w:t>
       </w:r>
       <w:r w:rsidR="0092474A" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -11211,51 +11267,51 @@
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00665F3A" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>000 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A31F93" w:rsidRPr="00846EB4" w14:paraId="79EC7E22" w14:textId="77777777" w:rsidTr="00A31F93">
+      <w:tr w:rsidR="00A31F93" w:rsidRPr="001941A4" w14:paraId="79EC7E22" w14:textId="77777777" w:rsidTr="00A31F93">
         <w:trPr>
           <w:trHeight w:val="3561"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60B42496" w14:textId="77777777" w:rsidR="00A31F93" w:rsidRPr="008F5F49" w:rsidRDefault="00A31F93" w:rsidP="00665F3A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="291A18F5" w14:textId="70BBEF24" w:rsidR="00764D3A" w:rsidRPr="008F5F49" w:rsidRDefault="00916862" w:rsidP="00960D13">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
@@ -11434,51 +11490,51 @@
             <w:tcBorders>
               <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64C1A1D7" w14:textId="77777777" w:rsidR="00764D3A" w:rsidRPr="008F5F49" w:rsidRDefault="00764D3A" w:rsidP="00D6193A">
             <w:pPr>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E33C2" w:rsidRPr="00846EB4" w14:paraId="5E539CD2" w14:textId="77777777" w:rsidTr="008F5F49">
+      <w:tr w:rsidR="001E33C2" w:rsidRPr="001941A4" w14:paraId="5E539CD2" w14:textId="77777777" w:rsidTr="008F5F49">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2103" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B33FD7D" w14:textId="2BA8C59C" w:rsidR="00764D3A" w:rsidRPr="008F5F49" w:rsidRDefault="00656CE5" w:rsidP="00D6193A">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Station and/or research vessels of the other countries</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11612,51 +11668,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00955390" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>figures and tables embedded in the text)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00675428" w:rsidRPr="00846EB4" w14:paraId="2EAEB123" w14:textId="77777777" w:rsidTr="008C3321">
+      <w:tr w:rsidR="00675428" w:rsidRPr="001941A4" w14:paraId="2EAEB123" w14:textId="77777777" w:rsidTr="008C3321">
         <w:trPr>
           <w:trHeight w:val="3307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02F93D3B" w14:textId="77777777" w:rsidR="00675428" w:rsidRPr="008F5F49" w:rsidRDefault="00675428">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0738D39C" w14:textId="49236EF5" w:rsidR="0045615B" w:rsidRPr="008F5F49" w:rsidRDefault="0030539C" w:rsidP="0045615B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
@@ -11720,51 +11776,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0045615B" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00675428" w:rsidRPr="00846EB4" w14:paraId="70E6D190" w14:textId="77777777" w:rsidTr="00675428">
+      <w:tr w:rsidR="00675428" w:rsidRPr="001941A4" w14:paraId="70E6D190" w14:textId="77777777" w:rsidTr="00675428">
         <w:trPr>
           <w:trHeight w:val="4675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51BA3DEF" w14:textId="77777777" w:rsidR="00675428" w:rsidRPr="008F5F49" w:rsidRDefault="00675428" w:rsidP="0045615B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73D3037A" w14:textId="77777777" w:rsidR="00675428" w:rsidRPr="008F5F49" w:rsidRDefault="00675428" w:rsidP="0045615B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
@@ -11833,51 +11889,51 @@
         <w:t> - </w:t>
       </w:r>
       <w:r w:rsidR="00B63958" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rStyle w:val="gmail-titolo1carattere"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Description of the estimated costs for the realization of the proposed project and how this requested contribution will be used, including any financial contributions from third parties, Italian and/or foreign (Max. 2,500 characters)</w:t>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="_Toc99636832"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D53AE1" w:rsidRPr="00846EB4" w14:paraId="6A072C3B" w14:textId="77777777" w:rsidTr="00D53AE1">
+      <w:tr w:rsidR="00D53AE1" w:rsidRPr="001941A4" w14:paraId="6A072C3B" w14:textId="77777777" w:rsidTr="00D53AE1">
         <w:trPr>
           <w:trHeight w:val="2650"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CFCD1BD" w14:textId="77777777" w:rsidR="00D53AE1" w:rsidRPr="008F5F49" w:rsidRDefault="00D53AE1" w:rsidP="00061679">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="gmail-titolo1carattere"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D8FE25B" w14:textId="77777777" w:rsidR="008C3321" w:rsidRPr="008F5F49" w:rsidRDefault="008C3321" w:rsidP="00061679">
       <w:pPr>
@@ -12492,51 +12548,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="033B016A" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="008F5F49" w:rsidRDefault="00DB4090" w:rsidP="00DB4090">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4090" w:rsidRPr="00846EB4" w14:paraId="51AE03E7" w14:textId="77777777" w:rsidTr="008F5F49">
+      <w:tr w:rsidR="00DB4090" w:rsidRPr="001941A4" w14:paraId="51AE03E7" w14:textId="77777777" w:rsidTr="008F5F49">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BCBF354" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="008F5F49" w:rsidRDefault="00DB4090" w:rsidP="00080FC7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -12606,51 +12662,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3354A796" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="008F5F49" w:rsidRDefault="00DB4090" w:rsidP="00DB4090">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4090" w:rsidRPr="00846EB4" w14:paraId="2417B3FE" w14:textId="77777777" w:rsidTr="008F5F49">
+      <w:tr w:rsidR="00DB4090" w:rsidRPr="001941A4" w14:paraId="2417B3FE" w14:textId="77777777" w:rsidTr="008F5F49">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2932" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BD889AA" w14:textId="42ECEDE4" w:rsidR="00DB4090" w:rsidRPr="008F5F49" w:rsidRDefault="00DB4090" w:rsidP="00080FC7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F5F49">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
@@ -13027,51 +13083,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Max. 3,000 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00227143" w:rsidRPr="00846EB4" w14:paraId="6A3D09B0" w14:textId="77777777" w:rsidTr="00227143">
+      <w:tr w:rsidR="00227143" w:rsidRPr="001941A4" w14:paraId="6A3D09B0" w14:textId="77777777" w:rsidTr="00227143">
         <w:trPr>
           <w:trHeight w:val="3601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E374ACA" w14:textId="77777777" w:rsidR="00227143" w:rsidRPr="008F5F49" w:rsidRDefault="00227143">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6172A1B6" w14:textId="1BA4DE85" w:rsidR="00080FC7" w:rsidRPr="008F5F49" w:rsidRDefault="00080FC7" w:rsidP="00080FC7">
       <w:pPr>
         <w:pStyle w:val="Titolo"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F5F49">
@@ -15496,99 +15552,103 @@
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29C0996C" w14:textId="4BA80E24" w:rsidR="007C2737" w:rsidRPr="008F5F49" w:rsidRDefault="0057650D" w:rsidP="007C2737">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="-20" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>year</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007C2737" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Please specify your role and the name of event / Country </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CCA862B" w14:textId="279FB5FE" w:rsidR="007C2737" w:rsidRPr="008F5F49" w:rsidRDefault="0057650D" w:rsidP="007C2737">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="13" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1418" w:right="-20" w:hanging="1418"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>year</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007C2737" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-44"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C2737" w:rsidRPr="008F5F49">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Please specify type of event / number of participants / Country</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608A19D4" w14:textId="77777777" w:rsidR="007C2737" w:rsidRPr="008F5F49" w:rsidRDefault="007C2737" w:rsidP="007C2737">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
@@ -21923,51 +21983,50 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
-    <w:altName w:val="Garamond"/>
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
@@ -24170,106 +24229,110 @@
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="52"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B2926"/>
+    <w:rsid w:val="00001274"/>
     <w:rsid w:val="00020A5C"/>
     <w:rsid w:val="00061679"/>
     <w:rsid w:val="00080FC7"/>
     <w:rsid w:val="000844E3"/>
     <w:rsid w:val="000958D4"/>
     <w:rsid w:val="000A1F5F"/>
     <w:rsid w:val="000A761B"/>
     <w:rsid w:val="000A7ACF"/>
     <w:rsid w:val="000B2A68"/>
     <w:rsid w:val="000D790D"/>
     <w:rsid w:val="000E7475"/>
     <w:rsid w:val="00112429"/>
     <w:rsid w:val="00114602"/>
     <w:rsid w:val="001643CF"/>
     <w:rsid w:val="00173F0F"/>
     <w:rsid w:val="00190BDD"/>
     <w:rsid w:val="00192C31"/>
+    <w:rsid w:val="001941A4"/>
     <w:rsid w:val="001A5FDE"/>
     <w:rsid w:val="001B1E72"/>
     <w:rsid w:val="001B3486"/>
     <w:rsid w:val="001C3883"/>
     <w:rsid w:val="001E33C2"/>
     <w:rsid w:val="001E3ACD"/>
     <w:rsid w:val="001E5213"/>
     <w:rsid w:val="001E7E18"/>
     <w:rsid w:val="001F7A81"/>
     <w:rsid w:val="00227143"/>
     <w:rsid w:val="0022754A"/>
     <w:rsid w:val="0023186A"/>
     <w:rsid w:val="002536D8"/>
     <w:rsid w:val="00257A06"/>
     <w:rsid w:val="00267A72"/>
+    <w:rsid w:val="00273AB0"/>
     <w:rsid w:val="00275E42"/>
     <w:rsid w:val="00290958"/>
     <w:rsid w:val="00291606"/>
     <w:rsid w:val="00291836"/>
     <w:rsid w:val="002A0608"/>
     <w:rsid w:val="002A20F1"/>
     <w:rsid w:val="002C407F"/>
     <w:rsid w:val="002C5099"/>
     <w:rsid w:val="002D4D45"/>
     <w:rsid w:val="002E62A9"/>
     <w:rsid w:val="002E7AD7"/>
     <w:rsid w:val="002F5F1A"/>
     <w:rsid w:val="002F6D84"/>
     <w:rsid w:val="002F7E3E"/>
     <w:rsid w:val="00300924"/>
     <w:rsid w:val="0030539C"/>
     <w:rsid w:val="003072AE"/>
     <w:rsid w:val="00317FC9"/>
     <w:rsid w:val="00343089"/>
     <w:rsid w:val="00346B32"/>
     <w:rsid w:val="0035107B"/>
     <w:rsid w:val="00363F24"/>
     <w:rsid w:val="00386098"/>
     <w:rsid w:val="00396678"/>
     <w:rsid w:val="003A1B55"/>
@@ -24457,51 +24520,51 @@
     <w:rsid w:val="00F768B3"/>
     <w:rsid w:val="00F82C76"/>
     <w:rsid w:val="00FA3227"/>
     <w:rsid w:val="00FA6418"/>
     <w:rsid w:val="00FB4E45"/>
     <w:rsid w:val="00FB7294"/>
     <w:rsid w:val="00FE56A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="16385"/>
+    <o:shapedefaults v:ext="edit" spidmax="18433"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69A3621F"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -26564,54 +26627,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D392872-406D-4C87-8906-0124E3EBDAE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>2060</Words>
-  <Characters>11744</Characters>
+  <Words>2066</Words>
+  <Characters>11780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>97</Lines>
+  <Lines>98</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13777</CharactersWithSpaces>
+  <CharactersWithSpaces>13819</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>