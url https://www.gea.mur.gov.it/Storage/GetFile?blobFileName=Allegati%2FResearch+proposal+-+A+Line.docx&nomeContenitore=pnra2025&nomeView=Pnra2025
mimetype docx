--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1286,51 +1286,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1526794F" w14:textId="7493FD94" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="1526794F" w14:textId="7493FD94" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848788" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Research Project Title (Max. 200 characters)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -1356,51 +1356,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="000891C3" w14:textId="2520C312" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="000891C3" w14:textId="2520C312" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848789" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Brief description of the proposal (Max. 2,000 characters)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -1426,51 +1426,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63CC92F2" w14:textId="2E98D78E" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="63CC92F2" w14:textId="2E98D78E" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848790" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Duration (months – max. 24)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -1496,51 +1496,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3A2E3518" w14:textId="0F02A282" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="3A2E3518" w14:textId="0F02A282" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848791" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Scientific issues (Indicate at least 1 item)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -1566,51 +1566,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="19B79F68" w14:textId="02FD008B" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="19B79F68" w14:textId="02FD008B" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848792" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Keywords  (3 to 6: free)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -1635,51 +1635,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="346B0969" w14:textId="3248B0ED" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="346B0969" w14:textId="3248B0ED" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848793" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="24"/>
@@ -1722,51 +1722,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0954D691" w14:textId="0B28D83C" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="0954D691" w14:textId="0B28D83C" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848794" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
                 <w:szCs w:val="24"/>
@@ -1809,51 +1809,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16B82EDA" w14:textId="6BCDDF63" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="16B82EDA" w14:textId="6BCDDF63" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848795" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -1878,51 +1878,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="32EA212F" w14:textId="75987065" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="32EA212F" w14:textId="75987065" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848796" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>List of research units</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -1948,51 +1948,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B07E68F" w14:textId="7693E766" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5B07E68F" w14:textId="7693E766" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848797" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -2038,51 +2038,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5924D7A9" w14:textId="1E4B0C65" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5924D7A9" w14:textId="1E4B0C65" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848798" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -2128,51 +2128,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="757254D2" w14:textId="4997D71E" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="757254D2" w14:textId="4997D71E" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848799" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1. State of the art</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2198,51 +2198,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E2CE1BE" w14:textId="04224592" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="3E2CE1BE" w14:textId="04224592" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848800" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2. Detailed description of the project: methodologies, objectives and results that the project aims to achieve and its interest for the advancement of knowledge, international involvement, as well as methods of dissemination of the results achieved</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2268,51 +2268,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5ADD0DC3" w14:textId="482C69F1" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5ADD0DC3" w14:textId="482C69F1" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848801" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3. Time schedule</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2338,51 +2338,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6D65E693" w14:textId="67B52C9B" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="6D65E693" w14:textId="67B52C9B" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848802" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4. Description of the technical-logistic requirements, including the use of large common infrastructures (GIC) and the use of the national Antarctic Interlaboratory System (SIA) (Max. 3,000 characters)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2408,51 +2408,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="794B9574" w14:textId="23A42936" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="794B9574" w14:textId="23A42936" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848803" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5. People participating to activities in polar area (number)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2478,51 +2478,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="63B16D50" w14:textId="05D7753F" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="63B16D50" w14:textId="05D7753F" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848804" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6. Project development, with identification of the role of each research unit, with regards to related modalities of integration and collaboration</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2548,51 +2548,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="28BB7EBD" w14:textId="50988162" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="28BB7EBD" w14:textId="50988162" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848805" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7. Possible application potentialities and scientific and/or technological and/or economic impact</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2618,51 +2618,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BF9E8FC" w14:textId="2631CEFA" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="3BF9E8FC" w14:textId="2631CEFA" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848806" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8. Financial aspects: costs - Description of the estimated costs for the realization of the proposed project and how this requested contribution will be used, including any financial contributions from third parties, Italian and/or foreign (Max. 2,500 characters)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2688,51 +2688,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7D6BDA98" w14:textId="7A72C762" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="7D6BDA98" w14:textId="7A72C762" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848807" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Total budget required to PNRA</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -2758,51 +2758,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DADEB43" w14:textId="3F9D6792" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="2DADEB43" w14:textId="3F9D6792" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848808" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Description of the data collection, storage and management program </w:t>
             </w:r>
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:iCs/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
@@ -2847,51 +2847,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="04272E81" w14:textId="7D61BFF8" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="04272E81" w14:textId="7D61BFF8" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848809" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Technical-logistic requirements - </w:t>
             </w:r>
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -2925,51 +2925,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="6E2FB113" w14:textId="1F2436AF" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="6E2FB113" w14:textId="1F2436AF" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848818" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.1</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3015,51 +3015,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="36A9182B" w14:textId="5458D7BC" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="36A9182B" w14:textId="5458D7BC" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848819" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.2</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3105,51 +3105,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1011039D" w14:textId="5454AAAD" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="1011039D" w14:textId="5454AAAD" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848820" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3195,51 +3195,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="77C45747" w14:textId="4DEB1D04" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="77C45747" w14:textId="4DEB1D04" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848821" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.4</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3285,51 +3285,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4255364E" w14:textId="04F76B7C" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="4255364E" w14:textId="04F76B7C" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848822" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10.5</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3375,51 +3375,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5A111D62" w14:textId="61F671A1" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5A111D62" w14:textId="61F671A1" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848823" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>11. Technical-logistic requirements - SECOND YEAR</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -3445,51 +3445,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5DA12AA4" w14:textId="73C2A586" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5DA12AA4" w14:textId="73C2A586" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848825" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.1</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3535,51 +3535,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0AEDC0F4" w14:textId="060532B6" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="0AEDC0F4" w14:textId="060532B6" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848826" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.2</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3625,51 +3625,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5E100F47" w14:textId="429E4522" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5E100F47" w14:textId="429E4522" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848827" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.3</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3715,51 +3715,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2927114D" w14:textId="03CC53D4" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="2927114D" w14:textId="03CC53D4" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848828" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.4</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3805,51 +3805,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5ACF9023" w14:textId="5025BA2E" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="5ACF9023" w14:textId="5025BA2E" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="960"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9628"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848829" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>11.5</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -3895,51 +3895,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67D96E65" w14:textId="5CA26A68" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="67D96E65" w14:textId="5CA26A68" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848830" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Curriculum Vitae of Principal Investigator (Max 2 pages)</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
@@ -3966,51 +3966,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1B6D172C" w14:textId="52C9C198" w:rsidR="00D1115D" w:rsidRDefault="00221D0D">
+        <w:p w14:paraId="1B6D172C" w14:textId="52C9C198" w:rsidR="00D1115D" w:rsidRDefault="0091526A">
           <w:pPr>
             <w:pStyle w:val="Sommario1"/>
             <w:rPr>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc218848831" w:history="1">
             <w:r w:rsidR="00D1115D" w:rsidRPr="001C1D87">
               <w:rPr>
                 <w:rStyle w:val="Collegamentoipertestuale"/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Attachments</w:t>
             </w:r>
             <w:r w:rsidR="00D1115D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
@@ -4204,70 +4204,70 @@
         </w:rPr>
         <w:t xml:space="preserve">Research Project Title </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Hlk98692224"/>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(Max. </w:t>
       </w:r>
       <w:r w:rsidR="003072AE" w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>200</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> characters)</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="240B09A0" w14:textId="77777777" w:rsidR="00197F06" w:rsidRPr="005F5088" w:rsidRDefault="00197F06" w:rsidP="00197F06">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F74F5" w:rsidRPr="00A070B6" w14:paraId="2FBBD791" w14:textId="77777777" w:rsidTr="007F74F5">
+      <w:tr w:rsidR="007F74F5" w:rsidRPr="0091526A" w14:paraId="2FBBD791" w14:textId="77777777" w:rsidTr="007F74F5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="351CDFA0" w14:textId="77777777" w:rsidR="007F74F5" w:rsidRPr="005F5088" w:rsidRDefault="007F74F5" w:rsidP="003A1B55">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="758970AE" w14:textId="77777777" w:rsidR="003A1B55" w:rsidRPr="005F5088" w:rsidRDefault="003A1B55" w:rsidP="003A1B55">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34B4BD6C" w14:textId="28F412AC" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="009A7A60" w:rsidP="009A7A60">
@@ -4303,51 +4303,51 @@
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>000 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="64985940" w14:textId="77777777" w:rsidR="00197F06" w:rsidRPr="005F5088" w:rsidRDefault="00197F06" w:rsidP="00197F06">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007F74F5" w:rsidRPr="00A070B6" w14:paraId="4F7396D8" w14:textId="77777777" w:rsidTr="007F74F5">
+      <w:tr w:rsidR="007F74F5" w:rsidRPr="0091526A" w14:paraId="4F7396D8" w14:textId="77777777" w:rsidTr="007F74F5">
         <w:trPr>
           <w:trHeight w:val="1705"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01AC70E4" w14:textId="77777777" w:rsidR="007F74F5" w:rsidRPr="005F5088" w:rsidRDefault="007F74F5" w:rsidP="001C3883">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="141F05B9" w14:textId="2218F188" w:rsidR="003A1B55" w:rsidRPr="005F5088" w:rsidRDefault="001C3883" w:rsidP="00B648F2">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -4388,350 +4388,324 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F74F5" w:rsidRPr="005F5088" w14:paraId="77840E6F" w14:textId="77777777" w:rsidTr="007F74F5">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B82E47B" w14:textId="77777777" w:rsidR="007F74F5" w:rsidRPr="005F5088" w:rsidRDefault="007F74F5" w:rsidP="003A1B55">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65D080EB" w14:textId="77777777" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="001C3883" w:rsidP="00B648F2">
+    <w:p w14:paraId="65D080EB" w14:textId="77777777" w:rsidR="001C3883" w:rsidRDefault="001C3883" w:rsidP="00B648F2">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc218848791"/>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Scientific issues (Indicate at least 1 item)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w14:paraId="742E5EC3" w14:textId="77777777" w:rsidR="00197F06" w:rsidRPr="005F5088" w:rsidRDefault="00197F06" w:rsidP="00197F06">
-      <w:pPr>
+    <w:p w14:paraId="7E863582" w14:textId="77777777" w:rsidR="0091526A" w:rsidRPr="0091526A" w:rsidRDefault="0091526A" w:rsidP="0091526A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="003C7427" w14:textId="40B812AC" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3F9B6F97" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc218848792"/>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Life in Antarctica</w:t>
+        <w:t xml:space="preserve"> Earth/Ice/Climate interactions; Antarctic Ocean, Lithosphere and Atmosphere</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A40A169" w14:textId="5057183E" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="4914CF1E" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Antarctic Geology</w:t>
+        <w:t xml:space="preserve"> Life in Antarctica; Evolution, adaptation, biodiversity and biocenosis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7CF731" w14:textId="5C80CAD8" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3E5A94E1" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The Antarctic ice system and the sea level</w:t>
+        <w:t xml:space="preserve"> Astronomy, astrophysics and space weather</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3123BD96" w14:textId="4604D3F3" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="340E538E" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The global reach of the Antarctic atmosphere and Southern Ocean</w:t>
+        <w:t xml:space="preserve"> Anthropic impact and environmental contamination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="432CF277" w14:textId="72C17AE9" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="24A843EE" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Observe Universe above Antarctica and Space Weather</w:t>
+        <w:t xml:space="preserve"> Biomedicine and psychology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5EAA4E" w14:textId="21028C4B" w:rsidR="001C3883" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00B16907">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="745E4F54" w14:textId="77777777" w:rsidR="00C47D95" w:rsidRPr="00C47D95" w:rsidRDefault="00C47D95" w:rsidP="00C47D95">
+      <w:pPr>
+        <w:pStyle w:val="Titolo1"/>
+        <w:spacing w:before="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>☐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Man in Antarctica: adaptation and impact</w:t>
+        <w:t xml:space="preserve"> Technology in Antarctica</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D684193" w14:textId="31F6AF12" w:rsidR="00B648F2" w:rsidRPr="005F5088" w:rsidRDefault="00B648F2" w:rsidP="00B648F2">
+    <w:p w14:paraId="1D684193" w14:textId="25E12E40" w:rsidR="00B648F2" w:rsidRPr="00C47D95" w:rsidRDefault="0091526A" w:rsidP="00C47D95">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
           <w:color w:val="auto"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005F5088">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47D95">
         <w:rPr>
           <w:color w:val="auto"/>
-        </w:rPr>
-        <w:t>Keywords  (3 to 6: free)</w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Keywords (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B648F2" w:rsidRPr="00C47D95">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3 to 6: free)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="0EC4F8A0" w14:textId="77777777" w:rsidR="00197F06" w:rsidRPr="005F5088" w:rsidRDefault="00197F06" w:rsidP="00197F06"/>
+    <w:p w14:paraId="0EC4F8A0" w14:textId="77777777" w:rsidR="00197F06" w:rsidRPr="00C47D95" w:rsidRDefault="00197F06" w:rsidP="00197F06">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
       <w:tr w:rsidR="00197F06" w:rsidRPr="005F5088" w14:paraId="5ACD05E2" w14:textId="77777777" w:rsidTr="00197F06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AE6941D" w14:textId="2143EB80" w:rsidR="00197F06" w:rsidRPr="005F5088" w:rsidRDefault="00197F06" w:rsidP="00B648F2">
             <w:r w:rsidRPr="005F5088">
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00197F06" w:rsidRPr="005F5088" w14:paraId="4F367D9E" w14:textId="77777777" w:rsidTr="00197F06">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
@@ -6376,51 +6350,51 @@
           <w:tab w:val="left" w:pos="3735"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="7223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A13A7" w:rsidRPr="00A070B6" w14:paraId="4978BD82" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="005A13A7" w:rsidRPr="0091526A" w14:paraId="4978BD82" w14:textId="77777777" w:rsidTr="006213DB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7803EBC4" w14:textId="77777777" w:rsidR="005A13A7" w:rsidRPr="005F5088" w:rsidRDefault="005A13A7" w:rsidP="00E66CA5">
             <w:pPr>
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Information on legal representative (or his delegate) of Leading Institution</w:t>
             </w:r>
@@ -6861,51 +6835,51 @@
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC525AA" w14:textId="77777777" w:rsidR="00845A99" w:rsidRPr="005F5088" w:rsidRDefault="00845A99" w:rsidP="003E076A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="7223"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006213DB" w:rsidRPr="00A070B6" w14:paraId="3BE3950C" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="006213DB" w:rsidRPr="0091526A" w14:paraId="3BE3950C" w14:textId="77777777" w:rsidTr="006213DB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9628" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6242E8A3" w14:textId="77777777" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="006213DB" w:rsidP="006213DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Information on the Principal Investigator</w:t>
@@ -7388,51 +7362,51 @@
               <w:rPr>
                 <w:rFonts w:cs="TimesNewRomanPSMT"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7223" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11EC34C3" w14:textId="77777777" w:rsidR="003072AE" w:rsidRPr="005F5088" w:rsidRDefault="003072AE" w:rsidP="003072AE">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006213DB" w:rsidRPr="00A070B6" w14:paraId="574063FC" w14:textId="77777777" w:rsidTr="006213DB">
+      <w:tr w:rsidR="006213DB" w:rsidRPr="0091526A" w14:paraId="574063FC" w14:textId="77777777" w:rsidTr="006213DB">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76ACBD22" w14:textId="77777777" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="006213DB" w:rsidP="006213DB">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Role within the belonging institution</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7467,51 +7441,51 @@
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>No older than</w:t>
       </w:r>
       <w:r w:rsidR="006213DB" w:rsidRPr="005F5088">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2812C04A" w14:textId="5A13CC80" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00FB4300">
+    <w:p w14:paraId="2812C04A" w14:textId="5A13CC80" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="0091526A" w:rsidP="00FB4300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-866137008"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FB4300" w:rsidRPr="005F5088">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -7529,51 +7503,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006213DB" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>35 years old</w:t>
       </w:r>
       <w:r w:rsidR="00467D80" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C5B89" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(at the deadline for the application)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7267AB06" w14:textId="1F5257FA" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00FB4300">
+    <w:p w14:paraId="7267AB06" w14:textId="1F5257FA" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="0091526A" w:rsidP="00FB4300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1520812190"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00467D80" w:rsidRPr="005F5088">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -7584,51 +7558,51 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00467D80" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006213DB" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">40 years old </w:t>
       </w:r>
       <w:r w:rsidR="009C5B89" w:rsidRPr="005F5088">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(at the deadline for the application)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E1904B6" w14:textId="19B8BF4F" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="00221D0D" w:rsidP="00FB4300">
+    <w:p w14:paraId="0E1904B6" w14:textId="19B8BF4F" w:rsidR="006213DB" w:rsidRPr="005F5088" w:rsidRDefault="0091526A" w:rsidP="00FB4300">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-377635948"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00467D80" w:rsidRPr="005F5088">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
@@ -8779,51 +8753,51 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>research units</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1111"/>
         <w:gridCol w:w="1145"/>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="1293"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1005"/>
         <w:gridCol w:w="1744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF60AD" w:rsidRPr="00A070B6" w14:paraId="4104F88B" w14:textId="77777777" w:rsidTr="004D4522">
+      <w:tr w:rsidR="00EF60AD" w:rsidRPr="0091526A" w14:paraId="4104F88B" w14:textId="77777777" w:rsidTr="004D4522">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1111" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74F270B2" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="0046663C" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0046663C">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Role</w:t>
@@ -9808,51 +9782,51 @@
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> units</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellagriglia5scura-colore1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1156"/>
         <w:gridCol w:w="1151"/>
         <w:gridCol w:w="903"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="1295"/>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="952"/>
         <w:gridCol w:w="1737"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D9162A" w:rsidRPr="00A070B6" w14:paraId="35A4DFE4" w14:textId="77777777" w:rsidTr="006C443B">
+      <w:tr w:rsidR="00D9162A" w:rsidRPr="0091526A" w14:paraId="35A4DFE4" w14:textId="77777777" w:rsidTr="006C443B">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1162" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1812184B" w14:textId="77777777" w:rsidR="00D80D15" w:rsidRPr="005F5088" w:rsidRDefault="00D80D15" w:rsidP="00D80D15">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
@@ -11180,51 +11154,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">000 characters) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00972BE1" w:rsidRPr="00A070B6" w14:paraId="5486742E" w14:textId="77777777" w:rsidTr="00972BE1">
+      <w:tr w:rsidR="00972BE1" w:rsidRPr="0091526A" w14:paraId="5486742E" w14:textId="77777777" w:rsidTr="00972BE1">
         <w:trPr>
           <w:trHeight w:val="3302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36E6EFB3" w14:textId="77777777" w:rsidR="00972BE1" w:rsidRPr="005F5088" w:rsidRDefault="00972BE1" w:rsidP="00EB5F7E">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7617E629" w14:textId="77777777" w:rsidR="00972BE1" w:rsidRPr="005F5088" w:rsidRDefault="00972BE1" w:rsidP="00EB5F7E">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
@@ -11304,51 +11278,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s and maps embedded in the text</w:t>
       </w:r>
       <w:r w:rsidRPr="005F5088">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00972BE1" w:rsidRPr="00A070B6" w14:paraId="0CB4F243" w14:textId="77777777" w:rsidTr="002F310B">
+      <w:tr w:rsidR="00972BE1" w:rsidRPr="0091526A" w14:paraId="0CB4F243" w14:textId="77777777" w:rsidTr="002F310B">
         <w:trPr>
           <w:trHeight w:val="3985"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02C2F81C" w14:textId="77777777" w:rsidR="00972BE1" w:rsidRPr="005F5088" w:rsidRDefault="00972BE1" w:rsidP="00972BE1">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E5ADA2E" w14:textId="77777777" w:rsidR="00972BE1" w:rsidRPr="005F5088" w:rsidRDefault="00972BE1" w:rsidP="00972BE1">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
@@ -11562,51 +11536,51 @@
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00665F3A" w:rsidRPr="005F5088">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>000 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DB7DF1" w:rsidRPr="00A070B6" w14:paraId="26EFDAC0" w14:textId="77777777" w:rsidTr="00DB7DF1">
+      <w:tr w:rsidR="00DB7DF1" w:rsidRPr="0091526A" w14:paraId="26EFDAC0" w14:textId="77777777" w:rsidTr="00DB7DF1">
         <w:trPr>
           <w:trHeight w:val="2412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="125A22A5" w14:textId="77777777" w:rsidR="00DB7DF1" w:rsidRPr="005F5088" w:rsidRDefault="00DB7DF1" w:rsidP="00665F3A">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rStyle w:val="Titolo1Carattere"/>
                 <w:i w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D68602E" w14:textId="2317E792" w:rsidR="00AD3A85" w:rsidRPr="005F5088" w:rsidRDefault="00511C41" w:rsidP="00511C41">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:rPr>
@@ -11990,51 +11964,51 @@
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00955390" w:rsidRPr="005F5088">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>figures and tables embedded in the text)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A70C13" w:rsidRPr="00A070B6" w14:paraId="28569344" w14:textId="77777777" w:rsidTr="00A70C13">
+      <w:tr w:rsidR="00A70C13" w:rsidRPr="0091526A" w14:paraId="28569344" w14:textId="77777777" w:rsidTr="00A70C13">
         <w:trPr>
           <w:trHeight w:val="3062"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E0F344E" w14:textId="77777777" w:rsidR="00A70C13" w:rsidRPr="005F5088" w:rsidRDefault="00A70C13" w:rsidP="0045615B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AEBE4CF" w14:textId="77777777" w:rsidR="00F20E88" w:rsidRPr="005F5088" w:rsidRDefault="00F20E88" w:rsidP="0045615B">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -12125,51 +12099,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0045615B" w:rsidRPr="005F5088">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE66F3" w:rsidRPr="00A070B6" w14:paraId="37864CF1" w14:textId="77777777" w:rsidTr="00AE66F3">
+      <w:tr w:rsidR="00AE66F3" w:rsidRPr="0091526A" w14:paraId="37864CF1" w14:textId="77777777" w:rsidTr="00AE66F3">
         <w:trPr>
           <w:trHeight w:val="2262"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70FD111C" w14:textId="77777777" w:rsidR="00AE66F3" w:rsidRPr="005F5088" w:rsidRDefault="00AE66F3" w:rsidP="0045615B">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1779440F" w14:textId="77777777" w:rsidR="00AE66F3" w:rsidRPr="005F5088" w:rsidRDefault="00AE66F3" w:rsidP="008A6F04">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
@@ -12208,51 +12182,51 @@
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="008A6F04" w:rsidRPr="005F5088">
         <w:rPr>
           <w:rStyle w:val="Titolo1Carattere"/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Description of the estimated costs for the realization of the proposed project and how this requested contribution will be used, including any financial contributions from third parties, Italian and/or foreign (Max. 2,500 characters)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB426C" w:rsidRPr="00A070B6" w14:paraId="444A9E65" w14:textId="77777777" w:rsidTr="00FB426C">
+      <w:tr w:rsidR="00FB426C" w:rsidRPr="0091526A" w14:paraId="444A9E65" w14:textId="77777777" w:rsidTr="00FB426C">
         <w:trPr>
           <w:trHeight w:val="2896"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39EFEC57" w14:textId="77777777" w:rsidR="00FB426C" w:rsidRPr="005F5088" w:rsidRDefault="00FB426C" w:rsidP="00291606">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E69FDBB" w14:textId="77777777" w:rsidR="00C250F9" w:rsidRPr="005F5088" w:rsidRDefault="00C250F9" w:rsidP="00C250F9">
       <w:pPr>
         <w:pStyle w:val="Titolo1"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
@@ -12911,51 +12885,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="033B016A" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="005F5088" w:rsidRDefault="00DB4090" w:rsidP="00DB4090">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4090" w:rsidRPr="00A070B6" w14:paraId="51AE03E7" w14:textId="77777777" w:rsidTr="00107DA4">
+      <w:tr w:rsidR="00DB4090" w:rsidRPr="0091526A" w14:paraId="51AE03E7" w14:textId="77777777" w:rsidTr="00107DA4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2887" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BCBF354" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="00107DA4" w:rsidRDefault="00DB4090" w:rsidP="00080FC7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00107DA4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -13025,51 +12999,51 @@
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3354A796" w14:textId="77777777" w:rsidR="00DB4090" w:rsidRPr="005F5088" w:rsidRDefault="00DB4090" w:rsidP="00DB4090">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F5088">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4090" w:rsidRPr="00A070B6" w14:paraId="2417B3FE" w14:textId="77777777" w:rsidTr="00107DA4">
+      <w:tr w:rsidR="00DB4090" w:rsidRPr="0091526A" w14:paraId="2417B3FE" w14:textId="77777777" w:rsidTr="00107DA4">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2887" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1BD889AA" w14:textId="3A8E100B" w:rsidR="00DB4090" w:rsidRPr="00107DA4" w:rsidRDefault="00DB4090" w:rsidP="00080FC7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00107DA4">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="en-GB"/>
@@ -13507,51 +13481,51 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="4635D698" w14:textId="77777777" w:rsidR="001E6E01" w:rsidRPr="001E6E01" w:rsidRDefault="001E6E01" w:rsidP="001E6E01">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grigliatabella"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9628"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C250F9" w:rsidRPr="00A070B6" w14:paraId="3ED2DC60" w14:textId="77777777" w:rsidTr="00C250F9">
+      <w:tr w:rsidR="00C250F9" w:rsidRPr="0091526A" w14:paraId="3ED2DC60" w14:textId="77777777" w:rsidTr="00C250F9">
         <w:trPr>
           <w:trHeight w:val="4914"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B23286D" w14:textId="77777777" w:rsidR="00C250F9" w:rsidRPr="005F5088" w:rsidRDefault="00C250F9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DE29747" w14:textId="5505366E" w:rsidR="007B6200" w:rsidRPr="005F5088" w:rsidRDefault="007B6200">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="255382D8" w14:textId="3F4A6018" w:rsidR="006A4476" w:rsidRPr="006A4476" w:rsidRDefault="006A4476" w:rsidP="006A4476">
@@ -15348,51 +15322,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3396"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3965"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="5510F351" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="5510F351" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="437FCE9B" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
@@ -15471,51 +15445,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A93987" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Support (mountain guide, etc.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="02F44944" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="02F44944" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06534D43" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -15544,51 +15518,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A58FD25" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="49A42A00" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="49A42A00" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70AB5A7E" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16132,51 +16106,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated Total Volume (m³) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F72A485" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="7A55C5A4" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="7A55C5A4" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="377C9145" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -16205,51 +16179,51 @@
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16BA0B72" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="0B6FFEC6" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="0B6FFEC6" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="478C0B61" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -16490,51 +16464,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated Total Volume (m³) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7EF0925E" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="1E8926A5" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="1E8926A5" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F0CE0FE" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -16563,51 +16537,51 @@
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1DC80C36" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="4442D514" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="4442D514" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E9C562B" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -16970,51 +16944,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20130BBF" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="490558E7" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="490558E7" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10410802" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -17042,51 +17016,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1E233DC4" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="0E68039C" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="0E68039C" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D306171" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -17489,51 +17463,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04E01A71" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="569F6E20" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="569F6E20" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="08288FF1" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -17561,51 +17535,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4734FB74" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="77C8F81C" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="77C8F81C" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3D50AB6D" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -18282,51 +18256,51 @@
       </w:r>
       <w:r w:rsidRPr="006520B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> It is possible to request flights with quadcopters to acquire different types of data depending on the mounted payload: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="54" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3790"/>
         <w:gridCol w:w="5839"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="1455A30F" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="1455A30F" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17046652" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
@@ -18702,51 +18676,51 @@
           <w:tcPr>
             <w:tcW w:w="5839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4753920F" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="3784AF78" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="3784AF78" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E86817E" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -18952,57 +18926,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="53" w:name="Controllo11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -19074,57 +19048,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -19200,57 +19174,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -19325,57 +19299,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -19467,51 +19441,51 @@
       </w:r>
       <w:r w:rsidRPr="006520B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> It is possible to request the survey of points with geographical coordinates in RTK.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="106" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4519"/>
         <w:gridCol w:w="5110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="0151C2FD" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="0151C2FD" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C586A67" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
@@ -19545,51 +19519,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="527C3032" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="55"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of the Site and Type of Acquisition </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="48E0F980" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="48E0F980" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="38B208B3" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -21418,51 +21392,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3396"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="3965"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="571E4315" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="571E4315" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58EA22FF" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
@@ -21540,51 +21514,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="046CA5B8" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Required Support (mountain guide, etc.) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="3C258B93" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="3C258B93" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F006228" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -21613,51 +21587,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B5F900A" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="5133AD41" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="5133AD41" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="474"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3396" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07686C3C" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:right="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -22202,51 +22176,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated Total Volume (m³) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5CB0C028" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="63E1D910" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="63E1D910" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41E6420C" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -22275,51 +22249,51 @@
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13F973F2" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="156679B4" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="156679B4" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A5125F5" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -22559,51 +22533,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Estimated Total Volume (m³) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="633E0E1E" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="64A5D276" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="64A5D276" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="367BD1D8" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -22632,51 +22606,51 @@
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="506598DA" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="6002DD94" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="6002DD94" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4887EEF4" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -23039,51 +23013,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37631627" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="096B4FEA" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="096B4FEA" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4351454A" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -23111,51 +23085,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5640A79F" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="50FEE37E" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="50FEE37E" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="751"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74E56C9E" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -23549,51 +23523,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="05AF92AB" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="51676485" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="51676485" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D5B98DE" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -23621,51 +23595,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72E4DFB7" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="14112BFF" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="14112BFF" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="754"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4114" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="068811AB" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
@@ -24341,51 +24315,51 @@
       </w:r>
       <w:r w:rsidRPr="006520B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> It is possible to request flights with quadcopters to acquire different types of data depending on the mounted payload: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="54" w:type="dxa"/>
           <w:left w:w="110" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3790"/>
         <w:gridCol w:w="5839"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="2B3AEAF4" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="2B3AEAF4" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="230956BE" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="9"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
@@ -24790,51 +24764,51 @@
           <w:tcPr>
             <w:tcW w:w="5839" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="13CDE841" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="00F15325" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F15325">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="1DA246C3" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="1DA246C3" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="72717C2F" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -25039,57 +25013,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
@@ -25159,57 +25133,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -25285,57 +25259,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -25410,57 +25384,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00221D0D">
+            <w:r w:rsidR="0091526A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1896" w:type="dxa"/>
@@ -25552,51 +25526,51 @@
       </w:r>
       <w:r w:rsidRPr="006520B6">
         <w:rPr>
           <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> It is possible to request the survey of points with geographical coordinates in RTK.  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9629" w:type="dxa"/>
         <w:tblInd w:w="29" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:right w:w="106" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4519"/>
         <w:gridCol w:w="5110"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="3D635AE2" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="3D635AE2" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C33F8A4" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
@@ -25630,51 +25604,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F593C19" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="55"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Description of the Site and Type of Acquisition </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4476" w:rsidRPr="00A070B6" w14:paraId="3488990A" w14:textId="77777777" w:rsidTr="009850D8">
+      <w:tr w:rsidR="006A4476" w:rsidRPr="0091526A" w14:paraId="3488990A" w14:textId="77777777" w:rsidTr="009850D8">
         <w:trPr>
           <w:trHeight w:val="408"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="27A254BD" w14:textId="77777777" w:rsidR="006A4476" w:rsidRPr="006520B6" w:rsidRDefault="006A4476" w:rsidP="009850D8">
             <w:pPr>
               <w:ind w:left="2"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006520B6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Garamond" w:cs="Garamond"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -34732,61 +34706,61 @@
       <w:r>
         <w:t xml:space="preserve">Mod. 4 - </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3037C">
         <w:t>Dichiarazione di accettazione delle condizioni del bando</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D3037C" w:rsidRPr="005F5088" w:rsidSect="007F0498">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BC7C1B9" w14:textId="77777777" w:rsidR="001F43E5" w:rsidRDefault="001F43E5" w:rsidP="00606CA5">
+    <w:p w14:paraId="346397C3" w14:textId="77777777" w:rsidR="001D5C5D" w:rsidRDefault="001D5C5D" w:rsidP="00606CA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45568086" w14:textId="77777777" w:rsidR="001F43E5" w:rsidRDefault="001F43E5" w:rsidP="00606CA5">
+    <w:p w14:paraId="092CC4DF" w14:textId="77777777" w:rsidR="001D5C5D" w:rsidRDefault="001D5C5D" w:rsidP="00606CA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -34901,61 +34875,61 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="001B57E3">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="20352DEA" w14:textId="77777777" w:rsidR="00FF54E7" w:rsidRDefault="00FF54E7">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="78F2464A" w14:textId="77777777" w:rsidR="001F43E5" w:rsidRDefault="001F43E5" w:rsidP="00606CA5">
+    <w:p w14:paraId="1DFD6556" w14:textId="77777777" w:rsidR="001D5C5D" w:rsidRDefault="001D5C5D" w:rsidP="00606CA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1488EA16" w14:textId="77777777" w:rsidR="001F43E5" w:rsidRDefault="001F43E5" w:rsidP="00606CA5">
+    <w:p w14:paraId="3EFA38F1" w14:textId="77777777" w:rsidR="001D5C5D" w:rsidRDefault="001D5C5D" w:rsidP="00606CA5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="01FFA9FA" w14:textId="77777777" w:rsidR="00FF54E7" w:rsidRPr="0023186A" w:rsidRDefault="00FF54E7" w:rsidP="009A7A60">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0023186A">
         <w:rPr>
           <w:lang w:val="en-GB"/>
@@ -36710,163 +36684,167 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1014648741">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1386178268">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1625693398">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B2926"/>
+    <w:rsid w:val="00001274"/>
     <w:rsid w:val="00006AA6"/>
     <w:rsid w:val="000129C9"/>
     <w:rsid w:val="00020A5C"/>
     <w:rsid w:val="000777F9"/>
     <w:rsid w:val="00080FC7"/>
     <w:rsid w:val="000844E3"/>
     <w:rsid w:val="000958D4"/>
     <w:rsid w:val="000A1F5F"/>
     <w:rsid w:val="000A761B"/>
     <w:rsid w:val="000A7ACF"/>
     <w:rsid w:val="000B0521"/>
     <w:rsid w:val="000B08D5"/>
     <w:rsid w:val="000B2A68"/>
     <w:rsid w:val="000C7CB6"/>
     <w:rsid w:val="000E2EAE"/>
     <w:rsid w:val="000E7052"/>
     <w:rsid w:val="00107DA4"/>
     <w:rsid w:val="00110969"/>
     <w:rsid w:val="00112429"/>
     <w:rsid w:val="00114602"/>
     <w:rsid w:val="00116670"/>
     <w:rsid w:val="0013367B"/>
     <w:rsid w:val="00144A35"/>
     <w:rsid w:val="001534E7"/>
     <w:rsid w:val="00163BFF"/>
     <w:rsid w:val="001643CF"/>
     <w:rsid w:val="001645CF"/>
     <w:rsid w:val="001802B8"/>
     <w:rsid w:val="00190BDD"/>
     <w:rsid w:val="00192C31"/>
     <w:rsid w:val="00197F06"/>
     <w:rsid w:val="001B1E72"/>
     <w:rsid w:val="001B3486"/>
     <w:rsid w:val="001B57E3"/>
     <w:rsid w:val="001C3883"/>
     <w:rsid w:val="001D1C16"/>
     <w:rsid w:val="001D4B3D"/>
+    <w:rsid w:val="001D5C5D"/>
     <w:rsid w:val="001E33C2"/>
     <w:rsid w:val="001E5213"/>
     <w:rsid w:val="001E6E01"/>
     <w:rsid w:val="001E7E18"/>
     <w:rsid w:val="001F43E5"/>
     <w:rsid w:val="0021136D"/>
     <w:rsid w:val="00221D0D"/>
     <w:rsid w:val="0022754A"/>
     <w:rsid w:val="0023186A"/>
     <w:rsid w:val="002536D8"/>
     <w:rsid w:val="00257A06"/>
     <w:rsid w:val="0026586D"/>
     <w:rsid w:val="00267A72"/>
     <w:rsid w:val="00275E42"/>
     <w:rsid w:val="00291606"/>
     <w:rsid w:val="00291836"/>
     <w:rsid w:val="002A0608"/>
     <w:rsid w:val="002A20F1"/>
     <w:rsid w:val="002C407F"/>
     <w:rsid w:val="002E5FA1"/>
     <w:rsid w:val="002E62A9"/>
     <w:rsid w:val="002E7AD7"/>
     <w:rsid w:val="002F310B"/>
     <w:rsid w:val="002F5F1A"/>
     <w:rsid w:val="002F7A12"/>
     <w:rsid w:val="002F7E3E"/>
     <w:rsid w:val="00300924"/>
     <w:rsid w:val="003072AE"/>
     <w:rsid w:val="003119E8"/>
     <w:rsid w:val="0032502A"/>
     <w:rsid w:val="0034682B"/>
     <w:rsid w:val="0035107B"/>
     <w:rsid w:val="00375CA3"/>
     <w:rsid w:val="00380117"/>
     <w:rsid w:val="00396678"/>
     <w:rsid w:val="003A1B55"/>
     <w:rsid w:val="003B22A1"/>
     <w:rsid w:val="003C46DC"/>
+    <w:rsid w:val="003C5643"/>
     <w:rsid w:val="003D4B8A"/>
     <w:rsid w:val="003E076A"/>
     <w:rsid w:val="003E149C"/>
     <w:rsid w:val="003F292E"/>
     <w:rsid w:val="003F7378"/>
     <w:rsid w:val="00400916"/>
     <w:rsid w:val="00410E09"/>
     <w:rsid w:val="00411DCB"/>
     <w:rsid w:val="0042373F"/>
     <w:rsid w:val="00437736"/>
     <w:rsid w:val="0045615B"/>
     <w:rsid w:val="0046331D"/>
     <w:rsid w:val="00466140"/>
     <w:rsid w:val="0046663C"/>
     <w:rsid w:val="00467D80"/>
     <w:rsid w:val="00471FAD"/>
     <w:rsid w:val="00493FD9"/>
     <w:rsid w:val="004A13C9"/>
+    <w:rsid w:val="004A4137"/>
     <w:rsid w:val="004A654F"/>
     <w:rsid w:val="004C16AF"/>
     <w:rsid w:val="004D221B"/>
     <w:rsid w:val="004D4411"/>
     <w:rsid w:val="004D4522"/>
     <w:rsid w:val="004E26A0"/>
     <w:rsid w:val="004F7603"/>
     <w:rsid w:val="00501AE5"/>
     <w:rsid w:val="00511C41"/>
     <w:rsid w:val="00513FD6"/>
     <w:rsid w:val="005165C9"/>
     <w:rsid w:val="00541CFA"/>
     <w:rsid w:val="005432CC"/>
     <w:rsid w:val="00551EBF"/>
     <w:rsid w:val="0056006F"/>
     <w:rsid w:val="005635FF"/>
     <w:rsid w:val="00564116"/>
     <w:rsid w:val="005704F5"/>
     <w:rsid w:val="0057650D"/>
     <w:rsid w:val="00576C40"/>
     <w:rsid w:val="005775E9"/>
     <w:rsid w:val="005777D2"/>
     <w:rsid w:val="00584522"/>
     <w:rsid w:val="005969E0"/>
     <w:rsid w:val="005A13A7"/>
@@ -36916,104 +36894,107 @@
     <w:rsid w:val="007D04C8"/>
     <w:rsid w:val="007D2AE7"/>
     <w:rsid w:val="007D358E"/>
     <w:rsid w:val="007E044B"/>
     <w:rsid w:val="007E4A4E"/>
     <w:rsid w:val="007F0498"/>
     <w:rsid w:val="007F74F5"/>
     <w:rsid w:val="00801626"/>
     <w:rsid w:val="00801BA2"/>
     <w:rsid w:val="00822223"/>
     <w:rsid w:val="00822D87"/>
     <w:rsid w:val="0084343C"/>
     <w:rsid w:val="00845A99"/>
     <w:rsid w:val="00876F24"/>
     <w:rsid w:val="008808A7"/>
     <w:rsid w:val="00883C6C"/>
     <w:rsid w:val="008868A8"/>
     <w:rsid w:val="008877B1"/>
     <w:rsid w:val="0089378F"/>
     <w:rsid w:val="008A2FD4"/>
     <w:rsid w:val="008A6F04"/>
     <w:rsid w:val="008B2926"/>
     <w:rsid w:val="008C4C63"/>
     <w:rsid w:val="008F5B7E"/>
     <w:rsid w:val="00900A54"/>
+    <w:rsid w:val="0091526A"/>
     <w:rsid w:val="009157FF"/>
     <w:rsid w:val="00915A6D"/>
     <w:rsid w:val="009241E5"/>
     <w:rsid w:val="00931680"/>
     <w:rsid w:val="009354C1"/>
     <w:rsid w:val="009401F8"/>
     <w:rsid w:val="00944F39"/>
     <w:rsid w:val="00954BB2"/>
     <w:rsid w:val="00955390"/>
     <w:rsid w:val="00972BE1"/>
     <w:rsid w:val="00994752"/>
     <w:rsid w:val="009A7A60"/>
     <w:rsid w:val="009C5B89"/>
     <w:rsid w:val="00A070B6"/>
     <w:rsid w:val="00A1745A"/>
     <w:rsid w:val="00A30340"/>
     <w:rsid w:val="00A63687"/>
     <w:rsid w:val="00A64CF2"/>
     <w:rsid w:val="00A70C13"/>
     <w:rsid w:val="00A953AD"/>
     <w:rsid w:val="00AC1F36"/>
     <w:rsid w:val="00AD1A0A"/>
     <w:rsid w:val="00AD3A85"/>
     <w:rsid w:val="00AD6210"/>
     <w:rsid w:val="00AE35B2"/>
     <w:rsid w:val="00AE44CD"/>
     <w:rsid w:val="00AE66F3"/>
     <w:rsid w:val="00AF240B"/>
     <w:rsid w:val="00AF28CB"/>
     <w:rsid w:val="00AF294A"/>
     <w:rsid w:val="00AF6A51"/>
     <w:rsid w:val="00B11B52"/>
     <w:rsid w:val="00B16907"/>
     <w:rsid w:val="00B251F1"/>
     <w:rsid w:val="00B256D7"/>
     <w:rsid w:val="00B2632D"/>
     <w:rsid w:val="00B2671D"/>
     <w:rsid w:val="00B33D23"/>
     <w:rsid w:val="00B50DAA"/>
     <w:rsid w:val="00B62E7E"/>
     <w:rsid w:val="00B648F2"/>
+    <w:rsid w:val="00B65619"/>
     <w:rsid w:val="00B71C78"/>
     <w:rsid w:val="00B84677"/>
     <w:rsid w:val="00B92393"/>
     <w:rsid w:val="00B96AA5"/>
     <w:rsid w:val="00BC68DF"/>
     <w:rsid w:val="00BD436E"/>
     <w:rsid w:val="00C00EF1"/>
     <w:rsid w:val="00C12156"/>
     <w:rsid w:val="00C14FA0"/>
     <w:rsid w:val="00C1616A"/>
     <w:rsid w:val="00C21781"/>
     <w:rsid w:val="00C250F9"/>
     <w:rsid w:val="00C358BE"/>
+    <w:rsid w:val="00C47D95"/>
     <w:rsid w:val="00C522FB"/>
     <w:rsid w:val="00C56A28"/>
     <w:rsid w:val="00C71141"/>
     <w:rsid w:val="00C943D8"/>
     <w:rsid w:val="00C95A19"/>
     <w:rsid w:val="00CA1B37"/>
     <w:rsid w:val="00CB3666"/>
     <w:rsid w:val="00CB6A16"/>
     <w:rsid w:val="00CC74F0"/>
     <w:rsid w:val="00CD06EA"/>
     <w:rsid w:val="00CD4AAE"/>
     <w:rsid w:val="00CE486D"/>
     <w:rsid w:val="00CE5FD4"/>
     <w:rsid w:val="00D10516"/>
     <w:rsid w:val="00D1115D"/>
     <w:rsid w:val="00D222E2"/>
     <w:rsid w:val="00D3037C"/>
     <w:rsid w:val="00D3474E"/>
     <w:rsid w:val="00D464DD"/>
     <w:rsid w:val="00D47020"/>
     <w:rsid w:val="00D50DF9"/>
     <w:rsid w:val="00D53C03"/>
     <w:rsid w:val="00D55E60"/>
     <w:rsid w:val="00D6193A"/>
     <w:rsid w:val="00D80D15"/>
@@ -37053,53 +37034,53 @@
     <w:rsid w:val="00F813D0"/>
     <w:rsid w:val="00FA6418"/>
     <w:rsid w:val="00FB426C"/>
     <w:rsid w:val="00FB4300"/>
     <w:rsid w:val="00FB4E45"/>
     <w:rsid w:val="00FC19A7"/>
     <w:rsid w:val="00FF54E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="69A3621F"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -38662,51 +38643,77 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="304971101">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="365563987">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="532503169">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="904608364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="935015790">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -39131,54 +39138,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D0B080B-B8CD-4F0E-ACF3-A48D136330AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>4070</Words>
-  <Characters>23199</Characters>
+  <Words>4075</Words>
+  <Characters>23234</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>193</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27215</CharactersWithSpaces>
+  <CharactersWithSpaces>27255</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>