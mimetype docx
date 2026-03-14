--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -185,51 +185,69 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B4183F" w14:textId="21424338" w:rsidR="0090497D" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il/la sottoscritto/a ………………………………………… nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, cap ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
+        <w:t xml:space="preserve">Il/la sottoscritto/a ………………………………………… nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>75 e 76</w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -425,151 +443,323 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="118C3FEA" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="000F6B47" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[EnteDenominazione]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>EnteDenominazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7CBF4F" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="000F6B47" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Codice fiscale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C42897" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="000F6B47" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[EnteCodiceFiscale]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>EnteCodiceFiscale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48562277" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="000F6B47" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Indirizzo sede legale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B750181" w14:textId="77547D06" w:rsidR="00CD6688" w:rsidRDefault="00CD6688" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[EnteIndirizzo] [EnteCivico] - [EnteCAP] [EnteComune] ([EnteProvinciaSigla])</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EnteIndirizzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EnteCivico</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] - [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EnteCAP</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EnteComune</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>] ([</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>EnteProvinciaSigla</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>])</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4D4F61" w14:textId="77777777" w:rsidR="008C4232" w:rsidRPr="000F6B47" w:rsidRDefault="008C4232" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A2A877" w14:textId="77777777" w:rsidR="0078099B" w:rsidRPr="000F6B47" w:rsidRDefault="0078099B" w:rsidP="00E52920">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
@@ -582,157 +772,186 @@
     </w:p>
     <w:p w14:paraId="42C77646" w14:textId="64A35BA6" w:rsidR="00B33A89" w:rsidRPr="000F6B47" w:rsidRDefault="00692ACF" w:rsidP="00E52920">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459E388F" w14:textId="2A4D71F6" w:rsidR="00692ACF" w:rsidRDefault="00692ACF" w:rsidP="008C4232">
+    <w:p w14:paraId="459E388F" w14:textId="7DE37516" w:rsidR="00692ACF" w:rsidRDefault="00692ACF" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>altresì, di voler delegare al Sig./Dr …………………….. nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, cap ………, nella sua qualità di ………………………., (indicare la funzione esercitata dal delegato) ogni più ampio potere al compimento di tutte le attività necessarie, utili o anche solo opportune</w:t>
+        <w:t xml:space="preserve">altresì, di voler delegare al Sig./Dr …………………….. nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cap</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………, nella sua qualità di ………………………., (indicare la funzione esercitata dal delegato) ogni più ampio potere al compimento di tutte le attività necessarie, utili o anche solo opportune</w:t>
       </w:r>
       <w:r w:rsidR="006B69B0" w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> al fine di presentare la proposta progettuale </w:t>
       </w:r>
       <w:r w:rsidR="006B69B0" w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">per l’ammissione al finanziamento di cui al bando </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0078099B" w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>BANDO PNRA 202</w:t>
+        <w:t>BANDO</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0078099B" w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PNRA 202</w:t>
       </w:r>
       <w:r w:rsidR="00CB16A8">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0078099B" w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="00642885" w:rsidRPr="00642885">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> decreto direttoriale prot. n.</w:t>
       </w:r>
       <w:r w:rsidR="00EC61CA">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007163B6" w:rsidRPr="007163B6">
+      <w:r w:rsidR="004F1F09">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-        <w:t>xxx, del xx xxxxxxxx xxxx</w:t>
+        </w:rPr>
+        <w:t>3 dell’8 gennaio 2026</w:t>
       </w:r>
       <w:r w:rsidR="00EC61CA" w:rsidRPr="00EC61CA">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00642885">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="0078099B" w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
@@ -740,51 +959,77 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Disciplina delle procedure per la presentazione di proposte di progetti di ricerca rivolte ad approfondire le conoscenze in Antartide </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in nome e per conto dell’Ente </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[EnteDenominazione]</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>EnteDenominazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000F6B47">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B7588F2" w14:textId="77777777" w:rsidR="008C4232" w:rsidRPr="000F6B47" w:rsidRDefault="008C4232" w:rsidP="00E52920">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73B1A6E3" w14:textId="6F17381B" w:rsidR="002F290B" w:rsidRPr="000F6B47" w:rsidRDefault="002F290B" w:rsidP="00E52920">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -854,85 +1099,84 @@
     </w:p>
     <w:p w14:paraId="3AF694E2" w14:textId="10333FE5" w:rsidR="00E80A06" w:rsidRPr="000F6B47" w:rsidRDefault="00E80A06" w:rsidP="00E52920">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ACCONSENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B04C640" w14:textId="7C7C9E1F" w:rsidR="00E303B1" w:rsidRDefault="00E303B1" w:rsidP="008C4232">
+    <w:p w14:paraId="5B04C640" w14:textId="08C708EA" w:rsidR="00E303B1" w:rsidRDefault="00E303B1" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ai sensi e per gli effetti degli articoli 13 e 14 del Regolamento UE 679/2016 e del Decreto Legislativo n. 196/2003 e ss.ii.mm. con la sottoscrizione del presente modulo al trattamento dei dati personali secondo le modalità e i limiti di cui all’informativa privacy del Ministero dell’Università e della Ricerca disponibile al link </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="002E5E6D" w:rsidRPr="00A81C79">
+        <w:r w:rsidR="004F1F09" w:rsidRPr="006F6429">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
             <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>https://www.gea.mur.gov.it/docs/InformativaMURPNRA2024.pdf</w:t>
+          <w:t>https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="002707AA" w:rsidRPr="000F6B47">
+      <w:r w:rsidR="004F1F09">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F6B47">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">che si dà per letta ed approvata. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D69762" w14:textId="77777777" w:rsidR="008C4232" w:rsidRPr="000F6B47" w:rsidRDefault="008C4232" w:rsidP="008C4232">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
@@ -1324,164 +1568,168 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1316422301">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F18E0"/>
     <w:rsid w:val="00027309"/>
     <w:rsid w:val="000363E2"/>
     <w:rsid w:val="00091810"/>
     <w:rsid w:val="000A4229"/>
     <w:rsid w:val="000B72B8"/>
     <w:rsid w:val="000D69C8"/>
     <w:rsid w:val="000F6B47"/>
     <w:rsid w:val="001103F3"/>
     <w:rsid w:val="00117ACB"/>
     <w:rsid w:val="00147A41"/>
     <w:rsid w:val="001D03EB"/>
     <w:rsid w:val="001F18E0"/>
     <w:rsid w:val="002707AA"/>
     <w:rsid w:val="002C242A"/>
     <w:rsid w:val="002D3A6E"/>
     <w:rsid w:val="002E5E6D"/>
     <w:rsid w:val="002F290B"/>
     <w:rsid w:val="00371719"/>
     <w:rsid w:val="003F629E"/>
     <w:rsid w:val="00417A06"/>
     <w:rsid w:val="004226C1"/>
     <w:rsid w:val="004834D3"/>
+    <w:rsid w:val="004F1F09"/>
     <w:rsid w:val="005025F1"/>
     <w:rsid w:val="00525117"/>
     <w:rsid w:val="00642885"/>
     <w:rsid w:val="00692ACF"/>
     <w:rsid w:val="00693572"/>
     <w:rsid w:val="0069517B"/>
     <w:rsid w:val="006B2DAC"/>
     <w:rsid w:val="006B69B0"/>
     <w:rsid w:val="006D420B"/>
     <w:rsid w:val="006F06EB"/>
     <w:rsid w:val="007163B6"/>
     <w:rsid w:val="007343E4"/>
     <w:rsid w:val="0078099B"/>
     <w:rsid w:val="00802E48"/>
     <w:rsid w:val="00831CB9"/>
     <w:rsid w:val="00834EFD"/>
     <w:rsid w:val="00860F44"/>
     <w:rsid w:val="008C3F2E"/>
     <w:rsid w:val="008C4232"/>
+    <w:rsid w:val="008D4539"/>
     <w:rsid w:val="0090497D"/>
     <w:rsid w:val="00912B80"/>
+    <w:rsid w:val="009357A4"/>
     <w:rsid w:val="00A43E65"/>
     <w:rsid w:val="00A636C4"/>
     <w:rsid w:val="00A82EC9"/>
     <w:rsid w:val="00AA5A3A"/>
     <w:rsid w:val="00B008E4"/>
     <w:rsid w:val="00B33A89"/>
     <w:rsid w:val="00B6764E"/>
     <w:rsid w:val="00B849F2"/>
     <w:rsid w:val="00BF3CEB"/>
     <w:rsid w:val="00C66503"/>
     <w:rsid w:val="00C73A22"/>
     <w:rsid w:val="00C95850"/>
     <w:rsid w:val="00CA0114"/>
     <w:rsid w:val="00CB16A8"/>
     <w:rsid w:val="00CD6688"/>
     <w:rsid w:val="00CE542B"/>
     <w:rsid w:val="00D450AF"/>
     <w:rsid w:val="00D67653"/>
     <w:rsid w:val="00E303B1"/>
     <w:rsid w:val="00E5189A"/>
     <w:rsid w:val="00E52920"/>
     <w:rsid w:val="00E80A06"/>
     <w:rsid w:val="00EA18EA"/>
     <w:rsid w:val="00EC61CA"/>
     <w:rsid w:val="00EF1945"/>
     <w:rsid w:val="00F179B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D16AFA0"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -2343,51 +2591,51 @@
             <w:right w:val="single" w:sz="12" w:space="3" w:color="000000"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="428742994">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/docs/InformativaMURPNRA2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.gov.it" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.gov.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2628,54 +2876,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45803A23-E2D8-41C2-AF0E-0DEEA6E02B1C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>508</Words>
-  <Characters>2898</Characters>
+  <Words>506</Words>
+  <Characters>2885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3400</CharactersWithSpaces>
+  <CharactersWithSpaces>3385</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>