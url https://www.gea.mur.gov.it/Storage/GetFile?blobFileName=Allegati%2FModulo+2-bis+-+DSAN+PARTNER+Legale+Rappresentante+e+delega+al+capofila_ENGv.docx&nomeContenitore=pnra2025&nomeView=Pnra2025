--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -1100,51 +1100,51 @@
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ACCEPTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C73E5E2" w14:textId="78EE2F34" w:rsidR="0090497D" w:rsidRPr="00725975" w:rsidRDefault="00710742" w:rsidP="00197709">
+    <w:p w14:paraId="3C73E5E2" w14:textId="1CC1BC73" w:rsidR="0090497D" w:rsidRPr="00725975" w:rsidRDefault="00710742" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">to communicate any changes concerning the loss of eligibility requirements as set forth in the call issued </w:t>
       </w:r>
       <w:r w:rsidR="000A424F" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
@@ -1169,116 +1169,90 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD6F59" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">No. </w:t>
       </w:r>
       <w:r w:rsidR="002B0104" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0044502E">
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E" w:rsidRPr="00725975">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3, January </w:t>
+      </w:r>
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186" w:rsidRPr="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E" w:rsidRPr="00725975">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 2026, </w:t>
       </w:r>
       <w:r w:rsidR="00B84CA9" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as any change in the Legal Representative of the entity </w:t>
       </w:r>
       <w:r w:rsidR="002411CA" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002411CA">
         <w:rPr>
@@ -1338,51 +1312,51 @@
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B73B23">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DECLARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B69980F" w14:textId="22899768" w:rsidR="002F290B" w:rsidRPr="00725975" w:rsidRDefault="00C06FD4" w:rsidP="00197709">
+    <w:p w14:paraId="4B69980F" w14:textId="18A4AD92" w:rsidR="002F290B" w:rsidRPr="00725975" w:rsidRDefault="00C06FD4" w:rsidP="00197709">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5233"/>
         </w:tabs>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">on behalf of </w:t>
       </w:r>
@@ -1478,107 +1452,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">under the PNRA 2025 CALL </w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="000A424F" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">D.D. No.  </w:t>
       </w:r>
-      <w:r w:rsidR="0044502E">
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E" w:rsidRPr="00725975">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3, January 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186" w:rsidRPr="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...27 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, 2026</w:t>
+      </w:r>
       <w:r w:rsidR="003416D5" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003416D5" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="003416D5" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1699,51 +1647,51 @@
     <w:p w14:paraId="43B719CD" w14:textId="6265B6D2" w:rsidR="007D7D6E" w:rsidRPr="00725975" w:rsidRDefault="007D7D6E" w:rsidP="007D7D6E">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>DECLARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ACE7514" w14:textId="37EB42FB" w:rsidR="004B12DB" w:rsidRPr="00725975" w:rsidRDefault="00882973" w:rsidP="00197709">
+    <w:p w14:paraId="4ACE7514" w14:textId="3ACA16E7" w:rsidR="004B12DB" w:rsidRPr="00725975" w:rsidRDefault="00882973" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>the intention to delegate Mr./</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
@@ -1889,130 +1837,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">with the broadest authority to perform all activities necessary, useful or even merely appropriate, to submit the project proposal for funding under the PNRA 2025 CALL </w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="00FB341A" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">D.D. No.  </w:t>
       </w:r>
-      <w:r w:rsidR="0044502E">
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00FB341A" w:rsidRPr="00725975">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3, January 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186" w:rsidRPr="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0044502E">
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>th</w:t>
+      </w:r>
+      <w:r w:rsidR="00754186">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...50 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, 2026</w:t>
+      </w:r>
       <w:r w:rsidR="002B0104" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00076355" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">in the name and on behalf of the </w:t>
       </w:r>
       <w:r w:rsidR="00E743B4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
@@ -2393,51 +2292,51 @@
       <w:r w:rsidRPr="005D2C96">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>CONSENT</w:t>
       </w:r>
       <w:r w:rsidR="00E743B4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6888746B" w14:textId="30692783" w:rsidR="001A2A16" w:rsidRPr="00725975" w:rsidRDefault="00B9361F" w:rsidP="00734441">
+    <w:p w14:paraId="6888746B" w14:textId="0F8A94A2" w:rsidR="001A2A16" w:rsidRPr="00725975" w:rsidRDefault="00B9361F" w:rsidP="00734441">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">pursuant to and for the purposes of articles </w:t>
       </w:r>
       <w:r w:rsidR="00D4258F" w:rsidRPr="00725975">
@@ -2572,72 +2471,63 @@
         </w:rPr>
         <w:t xml:space="preserve">and subsequent amendments, by signing this </w:t>
       </w:r>
       <w:r w:rsidR="00E743B4" w:rsidRPr="00E743B4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>substitute declaration</w:t>
       </w:r>
       <w:r w:rsidR="00233A5B" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, to the processing of personal data according to the methods and within the limits set out in the privacy notice of the Ministry of University and Research, available at the following link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:tgtFrame="_blank" w:tooltip="https://coll-portalericerca.azurewebsites.net/bandi/pnra2024" w:history="1">
-        <w:r w:rsidR="00C43F93" w:rsidRPr="00725975">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00754186" w:rsidRPr="006F6429">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
-            <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+            <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:highlight w:val="yellow"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
-          <w:t>https://coll-portalericerca.azurewebsites.net/Bandi/Pnra2024</w:t>
+          <w:t>https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C43F93" w:rsidRPr="00725975">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00734441" w:rsidRPr="00725975">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, which is hereby acknowledged and accepted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F5A6F0" w14:textId="77777777" w:rsidR="000D4CEC" w:rsidRPr="000D4CEC" w:rsidRDefault="000D4CEC" w:rsidP="000D4CEC">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -3200,59 +3090,59 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="424881836">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F18E0"/>
     <w:rsid w:val="000005E0"/>
     <w:rsid w:val="00027309"/>
     <w:rsid w:val="00033D56"/>
     <w:rsid w:val="0004176B"/>
     <w:rsid w:val="000458E8"/>
     <w:rsid w:val="00076355"/>
@@ -3271,96 +3161,99 @@
     <w:rsid w:val="00135A51"/>
     <w:rsid w:val="001369FA"/>
     <w:rsid w:val="00147A41"/>
     <w:rsid w:val="00197709"/>
     <w:rsid w:val="001A2A16"/>
     <w:rsid w:val="001A54BC"/>
     <w:rsid w:val="001C1E7B"/>
     <w:rsid w:val="001D03EB"/>
     <w:rsid w:val="001E1019"/>
     <w:rsid w:val="001F18E0"/>
     <w:rsid w:val="0022095E"/>
     <w:rsid w:val="00233A5B"/>
     <w:rsid w:val="002411CA"/>
     <w:rsid w:val="00261A10"/>
     <w:rsid w:val="0028170B"/>
     <w:rsid w:val="002B0104"/>
     <w:rsid w:val="002C242A"/>
     <w:rsid w:val="002C2D0F"/>
     <w:rsid w:val="002C7D34"/>
     <w:rsid w:val="002D3A6E"/>
     <w:rsid w:val="002F25F5"/>
     <w:rsid w:val="002F290B"/>
     <w:rsid w:val="00331806"/>
     <w:rsid w:val="003416D5"/>
     <w:rsid w:val="0034594B"/>
+    <w:rsid w:val="00363D0D"/>
     <w:rsid w:val="00371719"/>
     <w:rsid w:val="003B7383"/>
     <w:rsid w:val="003E366A"/>
     <w:rsid w:val="003F629E"/>
     <w:rsid w:val="00417A06"/>
     <w:rsid w:val="00421005"/>
     <w:rsid w:val="004226C1"/>
     <w:rsid w:val="00436745"/>
     <w:rsid w:val="0044502E"/>
     <w:rsid w:val="004A23D9"/>
     <w:rsid w:val="004B12DB"/>
     <w:rsid w:val="00501E33"/>
     <w:rsid w:val="005025F1"/>
     <w:rsid w:val="00506E61"/>
     <w:rsid w:val="00525117"/>
     <w:rsid w:val="0055494D"/>
     <w:rsid w:val="005C64A4"/>
     <w:rsid w:val="005D2C96"/>
     <w:rsid w:val="00615018"/>
     <w:rsid w:val="00630D87"/>
     <w:rsid w:val="00636970"/>
     <w:rsid w:val="00637932"/>
     <w:rsid w:val="00693572"/>
     <w:rsid w:val="006D420B"/>
     <w:rsid w:val="00710742"/>
     <w:rsid w:val="00725975"/>
     <w:rsid w:val="00734441"/>
+    <w:rsid w:val="00754186"/>
     <w:rsid w:val="00792C66"/>
     <w:rsid w:val="007B2863"/>
     <w:rsid w:val="007C2BA2"/>
     <w:rsid w:val="007D20D4"/>
     <w:rsid w:val="007D7D6E"/>
     <w:rsid w:val="00802E48"/>
     <w:rsid w:val="008127DE"/>
     <w:rsid w:val="00815854"/>
     <w:rsid w:val="00826217"/>
     <w:rsid w:val="00831CB9"/>
     <w:rsid w:val="00834EFD"/>
     <w:rsid w:val="00860F44"/>
     <w:rsid w:val="00882973"/>
     <w:rsid w:val="008C3678"/>
     <w:rsid w:val="008C5800"/>
     <w:rsid w:val="0090497D"/>
     <w:rsid w:val="00905DB4"/>
     <w:rsid w:val="009102BE"/>
     <w:rsid w:val="00912B80"/>
+    <w:rsid w:val="009357A4"/>
     <w:rsid w:val="009640A4"/>
     <w:rsid w:val="00992742"/>
     <w:rsid w:val="009933B8"/>
     <w:rsid w:val="009E37F1"/>
     <w:rsid w:val="009F17BD"/>
     <w:rsid w:val="00A05DD1"/>
     <w:rsid w:val="00A10CF1"/>
     <w:rsid w:val="00A276BC"/>
     <w:rsid w:val="00A37C41"/>
     <w:rsid w:val="00A43E65"/>
     <w:rsid w:val="00A636C4"/>
     <w:rsid w:val="00A65CFD"/>
     <w:rsid w:val="00A82EC9"/>
     <w:rsid w:val="00A867ED"/>
     <w:rsid w:val="00AA5A3A"/>
     <w:rsid w:val="00AB08F2"/>
     <w:rsid w:val="00AD6F59"/>
     <w:rsid w:val="00AD6FC0"/>
     <w:rsid w:val="00B25A16"/>
     <w:rsid w:val="00B33A89"/>
     <w:rsid w:val="00B64508"/>
     <w:rsid w:val="00B73B23"/>
     <w:rsid w:val="00B84CA9"/>
     <w:rsid w:val="00B9361F"/>
     <w:rsid w:val="00BA1D35"/>
@@ -3402,51 +3295,51 @@
     <w:rsid w:val="00EF78B3"/>
     <w:rsid w:val="00F15D47"/>
     <w:rsid w:val="00F179B2"/>
     <w:rsid w:val="00F2749B"/>
     <w:rsid w:val="00F9055C"/>
     <w:rsid w:val="00F90F09"/>
     <w:rsid w:val="00FB341A"/>
     <w:rsid w:val="00FF1C2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D16AFA0"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -3857,51 +3750,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="Titolo3Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00CE542B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="it-IT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2Carattere">
     <w:name w:val="Titolo 2 Carattere"/>
@@ -4347,51 +4239,51 @@
             <w:right w:val="single" w:sz="12" w:space="3" w:color="000000"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="428742994">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coll-portalericerca.azurewebsites.net/Bandi/Pnra2024" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4632,54 +4524,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25CD9629-EBF5-477B-AA6E-8BBF33A76008}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>626</Words>
-  <Characters>3570</Characters>
+  <Words>611</Words>
+  <Characters>3486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4188</CharactersWithSpaces>
+  <CharactersWithSpaces>4089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>