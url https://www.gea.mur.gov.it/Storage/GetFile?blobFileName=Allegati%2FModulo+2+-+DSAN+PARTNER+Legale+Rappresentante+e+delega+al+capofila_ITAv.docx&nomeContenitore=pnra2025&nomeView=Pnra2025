--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -188,69 +188,51 @@
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46B0F464" w14:textId="530E873F" w:rsidR="002C2D0F" w:rsidRPr="003C1711" w:rsidRDefault="00CD6688" w:rsidP="003C1711">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il/la sottoscritto/a ………………………………………… nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
+        <w:t xml:space="preserve">Il/la sottoscritto/a ………………………………………… nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, cap ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>75 e 76</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -437,345 +419,173 @@
         <w:t>Denominazione:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118C3FEA" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="007C2BA2" w:rsidRDefault="00CD6688" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...25 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7CBF4F" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="007C2BA2" w:rsidRDefault="00CD6688" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Codice fiscale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C42897" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="007C2BA2" w:rsidRDefault="00CD6688" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...25 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteCodiceFiscale]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48562277" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="007C2BA2" w:rsidRDefault="00CD6688" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Indirizzo sede legale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F5D38A" w14:textId="64FF1C40" w:rsidR="002C2D0F" w:rsidRPr="003C1711" w:rsidRDefault="00CD6688" w:rsidP="003C1711">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...119 lines deleted...]
-        <w:t>])</w:t>
+        <w:t>[EnteIndirizzo] [EnteCivico] - [EnteCAP] [EnteComune] ([EnteProvinciaSigla])</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C77646" w14:textId="4A47B83D" w:rsidR="00B33A89" w:rsidRPr="007C2BA2" w:rsidRDefault="0090497D" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SI IMPEGNA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BEBFB5C" w14:textId="4B047657" w:rsidR="002C2D0F" w:rsidRPr="007C2BA2" w:rsidRDefault="0090497D" w:rsidP="003C1711">
+    <w:p w14:paraId="6BEBFB5C" w14:textId="23BD6954" w:rsidR="002C2D0F" w:rsidRPr="007C2BA2" w:rsidRDefault="0090497D" w:rsidP="003C1711">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a comunicare ogni eventuale variazione che dovesse intervenire circa </w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
@@ -808,242 +618,179 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">emanato con il </w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B0104" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Decreto Direttoriale prot. MUR n. </w:t>
       </w:r>
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+      <w:r w:rsidR="00455CBE" w:rsidRPr="00455CBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="009931F4" w:rsidRPr="00455CBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="00455CBE" w:rsidRPr="00455CBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>l’8 gennaio 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00E92506" w:rsidRPr="007C2BA2">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nonché il </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cambio del legale rappresentante dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B1A6E3" w14:textId="6F17381B" w:rsidR="002F290B" w:rsidRPr="007C2BA2" w:rsidRDefault="002F290B" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B69980F" w14:textId="22C2CBA3" w:rsidR="002F290B" w:rsidRPr="007C2BA2" w:rsidRDefault="002F290B" w:rsidP="00197709">
+    <w:p w14:paraId="4B69980F" w14:textId="1DCEDD58" w:rsidR="002F290B" w:rsidRPr="007C2BA2" w:rsidRDefault="002F290B" w:rsidP="00197709">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5233"/>
         </w:tabs>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">per conto dell’Ente </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...25 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">di voler partecipare alla procedura di selezione finalizzata all’attribuzione delle risorse </w:t>
       </w:r>
       <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1068,102 +815,58 @@
       <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="002B0104" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Decreto Direttoriale prot. MUR n. </w:t>
       </w:r>
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+      <w:r w:rsidR="00455CBE" w:rsidRPr="00455CBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>3 dell’8 gennaio 2026</w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">per lo svolgimento di </w:t>
       </w:r>
       <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -1192,349 +895,236 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>partner</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dell’Ente capofila </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>EnteDenominazione</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">EnteDenominazione] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54455BDC" w14:textId="77777777" w:rsidR="002C2D0F" w:rsidRPr="007C2BA2" w:rsidRDefault="002C2D0F" w:rsidP="00792C66">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5233"/>
         </w:tabs>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42B592D3" w14:textId="77777777" w:rsidR="004B12DB" w:rsidRPr="007C2BA2" w:rsidRDefault="004B12DB" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3363B094" w14:textId="1E41B96B" w:rsidR="002C2D0F" w:rsidRPr="003C1711" w:rsidRDefault="004B12DB" w:rsidP="00197709">
+    <w:p w14:paraId="3363B094" w14:textId="422BCD31" w:rsidR="002C2D0F" w:rsidRPr="003C1711" w:rsidRDefault="004B12DB" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">altresì, di voler delegare al Sig./Dr …………………….. nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> ………, nella sua qualità di Legale rappresentante /</w:t>
+        <w:t>altresì, di voler delegare al Sig./Dr …………………….. nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, cap ………, nella sua qualità di Legale rappresentante /</w:t>
       </w:r>
       <w:r w:rsidR="001C45E4">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">delegato del Legale rappresentante dell’ente capofila </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...19 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ogni più ampio potere al compimento di tutte le attività necessarie, utili o anche solo opportune, al fine di presentare la proposta progettuale per l’ammissione al finanziamento di cui al </w:t>
       </w:r>
       <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BANDO PNRA 202</w:t>
       </w:r>
       <w:r w:rsidR="007B2863">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="002C2D0F" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E92506" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="002B0104" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Decreto Direttoriale prot. MUR n. </w:t>
       </w:r>
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+      <w:r w:rsidR="00455CBE" w:rsidRPr="00455CBE">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009931F4" w:rsidRPr="009931F4">
+        </w:rPr>
+        <w:t>3 dell’8 gennaio 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0104" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Calibri" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...10 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in nome e per conto dell’Ente </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...25 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6E6498" w14:textId="77777777" w:rsidR="004B12DB" w:rsidRPr="007C2BA2" w:rsidRDefault="004B12DB" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
     </w:p>
@@ -1587,77 +1177,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">altresì, di aver fornito all’Ente capofila </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">[EnteDenominazione] </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">tutte le informazioni necessarie alla compilazione della domanda di partecipazione disponibile sulla piattaforma dedicata </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00B25A16" w:rsidRPr="007C2BA2">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Home Page - GEA (mur.gov.it)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002C2D0F" w:rsidRPr="007C2BA2">
         <w:rPr>
@@ -1684,116 +1248,110 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3AF694E2" w14:textId="10333FE5" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ACCONSENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6888746B" w14:textId="5542212A" w:rsidR="001A2A16" w:rsidRPr="003C1711" w:rsidRDefault="00E80A06" w:rsidP="003C1711">
+    <w:p w14:paraId="6888746B" w14:textId="011A9DFF" w:rsidR="001A2A16" w:rsidRPr="003C1711" w:rsidRDefault="00E80A06" w:rsidP="003C1711">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ai sensi e per gli effetti degli articoli </w:t>
       </w:r>
       <w:r w:rsidR="00D4258F" w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">13 e 14 del Regolamento UE 679/2016 e del Decreto Legislativo n. 196/2003 </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e ss.ii.mm. con la sottoscrizione del presente modulo al trattamento dei dati personali secondo le modalità e i limiti di cui all’informativa privacy del Ministero dell’Università e della Ricerca disponibile al link </w:t>
       </w:r>
-      <w:r w:rsidR="00D0088C" w:rsidRPr="007C2BA2">
-[...8 lines deleted...]
-        <w:r w:rsidR="00C43F93" w:rsidRPr="00E92A6C">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00455CBE" w:rsidRPr="006F6429">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
-            <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+            <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+            <w:bCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:highlight w:val="yellow"/>
           </w:rPr>
-          <w:t>https://coll-portalericerca.azurewebsites.net/Bandi/Pnra2024</w:t>
+          <w:t>https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C43F93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
+      <w:r w:rsidR="00455CBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">che si dà per letta ed approvata. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6531F8EC" w14:textId="090D9136" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="75" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1808,94 +1366,94 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DA’ ATTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DD69F32" w14:textId="77777777" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>che i dati verranno utilizzati esclusivamente per tali scopi, con modalità anche informatizzate o telematiche a ciò strettamente funzionali, da parte dei soli incaricati del trattamento designati dal Ministero, titolare del trattamento dei dati.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DA61DD9" w14:textId="79795547" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00197709">
+    <w:p w14:paraId="6DA61DD9" w14:textId="7F3F7B15" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00197709">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Il Titolare del trattamento garantisce la facoltà di esercitare in qualsiasi momento i diritti previsti dagli artt. 15, 16 e 17 del Regolamento (UE) 2016/679, in particolare per accesso, rettifica, integrazione, aggiornamento e cancellazione, rivolgendosi al Ministero dell'Università e della Ricerca – </w:t>
       </w:r>
       <w:r w:rsidR="003C1711" w:rsidRPr="003C1711">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direzione generale per la valutazione e la sicurezza della ricerca</w:t>
       </w:r>
       <w:r w:rsidR="003C1711">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C2BA2">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">– Largo Antonio Ruberti, 1 – 00153 Roma – email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00792C66" w:rsidRPr="007C2BA2">
+        <w:r w:rsidR="00455CBE" w:rsidRPr="006F6429">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>pnra@mur.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6E4DB989" w14:textId="77777777" w:rsidR="00E80A06" w:rsidRPr="007C2BA2" w:rsidRDefault="00E80A06" w:rsidP="00D4258F">
       <w:pPr>
         <w:spacing w:after="300" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2477E368" w14:textId="0AAB7254" w:rsidR="00117ACB" w:rsidRPr="003C1711" w:rsidRDefault="00A82EC9" w:rsidP="00D46846">
       <w:pPr>
@@ -2155,180 +1713,182 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="424881836">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F18E0"/>
     <w:rsid w:val="00027309"/>
     <w:rsid w:val="000B1F30"/>
     <w:rsid w:val="000D69C8"/>
     <w:rsid w:val="001103F3"/>
     <w:rsid w:val="00116F1F"/>
     <w:rsid w:val="00117ACB"/>
     <w:rsid w:val="001369FA"/>
     <w:rsid w:val="00147A41"/>
     <w:rsid w:val="00197709"/>
     <w:rsid w:val="001A2A16"/>
     <w:rsid w:val="001A54BC"/>
     <w:rsid w:val="001C1E7B"/>
     <w:rsid w:val="001C45E4"/>
     <w:rsid w:val="001D03EB"/>
     <w:rsid w:val="001E1019"/>
     <w:rsid w:val="001F18E0"/>
     <w:rsid w:val="0022095E"/>
     <w:rsid w:val="002B0104"/>
     <w:rsid w:val="002C242A"/>
     <w:rsid w:val="002C2D0F"/>
     <w:rsid w:val="002D3A6E"/>
     <w:rsid w:val="002F25F5"/>
     <w:rsid w:val="002F290B"/>
     <w:rsid w:val="00331806"/>
     <w:rsid w:val="00371719"/>
     <w:rsid w:val="00387217"/>
     <w:rsid w:val="003C1711"/>
     <w:rsid w:val="003F629E"/>
     <w:rsid w:val="00417A06"/>
     <w:rsid w:val="004226C1"/>
     <w:rsid w:val="00436745"/>
+    <w:rsid w:val="00455CBE"/>
     <w:rsid w:val="004A23D9"/>
     <w:rsid w:val="004B12DB"/>
     <w:rsid w:val="00501E33"/>
     <w:rsid w:val="005025F1"/>
     <w:rsid w:val="00525117"/>
     <w:rsid w:val="00652901"/>
     <w:rsid w:val="00693572"/>
     <w:rsid w:val="006D420B"/>
     <w:rsid w:val="007263A7"/>
     <w:rsid w:val="00792C66"/>
     <w:rsid w:val="007B2863"/>
     <w:rsid w:val="007C2BA2"/>
     <w:rsid w:val="00802E48"/>
     <w:rsid w:val="00815854"/>
     <w:rsid w:val="00826217"/>
     <w:rsid w:val="00831CB9"/>
     <w:rsid w:val="00834EFD"/>
     <w:rsid w:val="00860F44"/>
     <w:rsid w:val="0090497D"/>
     <w:rsid w:val="00912B80"/>
+    <w:rsid w:val="009357A4"/>
     <w:rsid w:val="00992742"/>
     <w:rsid w:val="009931F4"/>
     <w:rsid w:val="009933B8"/>
     <w:rsid w:val="00A10CF1"/>
     <w:rsid w:val="00A43E65"/>
     <w:rsid w:val="00A636C4"/>
     <w:rsid w:val="00A82EC9"/>
     <w:rsid w:val="00AA5A3A"/>
     <w:rsid w:val="00AB08F2"/>
     <w:rsid w:val="00AD6FC0"/>
     <w:rsid w:val="00B25A16"/>
     <w:rsid w:val="00B33A89"/>
     <w:rsid w:val="00BA1D35"/>
     <w:rsid w:val="00BA4412"/>
     <w:rsid w:val="00C16D1A"/>
     <w:rsid w:val="00C43F93"/>
     <w:rsid w:val="00C66503"/>
     <w:rsid w:val="00CD6688"/>
     <w:rsid w:val="00CE542B"/>
     <w:rsid w:val="00D0088C"/>
     <w:rsid w:val="00D4258F"/>
     <w:rsid w:val="00D450AF"/>
     <w:rsid w:val="00D46846"/>
     <w:rsid w:val="00D67653"/>
     <w:rsid w:val="00DA0E42"/>
     <w:rsid w:val="00E04B94"/>
     <w:rsid w:val="00E60693"/>
     <w:rsid w:val="00E80A06"/>
     <w:rsid w:val="00E92506"/>
     <w:rsid w:val="00E92A6C"/>
     <w:rsid w:val="00EA18EA"/>
     <w:rsid w:val="00F179B2"/>
+    <w:rsid w:val="00F633DF"/>
     <w:rsid w:val="00FF1C2C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D16AFA0"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
@@ -3227,51 +2787,51 @@
             <w:right w:val="single" w:sz="12" w:space="3" w:color="000000"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="428742994">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://coll-portalericerca.azurewebsites.net/Bandi/Pnra2024" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3512,54 +3072,54 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25CD9629-EBF5-477B-AA6E-8BBF33A76008}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>650</Words>
-  <Characters>3705</Characters>
+  <Words>633</Words>
+  <Characters>3614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4347</CharactersWithSpaces>
+  <CharactersWithSpaces>4239</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>