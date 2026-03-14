--- v0 (2026-01-13)
+++ v1 (2026-03-14)
@@ -159,147 +159,51 @@
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B4183F" w14:textId="7940E497" w:rsidR="0090497D" w:rsidRDefault="00CD6688" w:rsidP="00857534">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Il/la sottoscritto/a ………………………………………… nato a ……………</w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
+        <w:t xml:space="preserve">Il/la sottoscritto/a ………………………………………… nato a …………………..….………… il ………………….. codice fiscale ……..………………… e residente a …………..……………… in Via ………………….., n. ………, cap ………, consapevole delle responsabilità penali e degli effetti amministrativi derivanti dalla falsità in atti e dalle dichiarazioni mendaci (così come previsto dagli artt. </w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>75 e 76</w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>del D.P.R. n. 445 del 28.12.2000), ai sensi e per gli effetti di cui agli artt.</w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
@@ -451,309 +355,165 @@
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Denominazione:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="118C3FEA" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="00A65D84" w:rsidRDefault="00CD6688" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65D84">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...21 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C7CBF4F" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="00A65D84" w:rsidRDefault="00CD6688" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65D84">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Codice fiscale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68C42897" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="0022520A" w:rsidRDefault="00CD6688" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65D84">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...21 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteCodiceFiscale]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48562277" w14:textId="77777777" w:rsidR="00CD6688" w:rsidRPr="0022520A" w:rsidRDefault="00CD6688" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Indirizzo sede legale:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B750181" w14:textId="42DEA6AE" w:rsidR="00CD6688" w:rsidRDefault="00CD6688" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A65D84">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...99 lines deleted...]
-        <w:t>])</w:t>
+        <w:t>[EnteIndirizzo] [EnteCivico] - [EnteCAP] [EnteComune] ([EnteProvinciaSigla])</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AD3115" w14:textId="77777777" w:rsidR="00BB34D4" w:rsidRPr="0022520A" w:rsidRDefault="00BB34D4" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42C77646" w14:textId="4A47B83D" w:rsidR="00B33A89" w:rsidRPr="0022520A" w:rsidRDefault="0090497D" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SI IMPEGNA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C73E5E2" w14:textId="2FB3FB9F" w:rsidR="0090497D" w:rsidRDefault="0090497D" w:rsidP="0022520A">
+    <w:p w14:paraId="3C73E5E2" w14:textId="20B23D95" w:rsidR="0090497D" w:rsidRDefault="0090497D" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a comunicare ogni eventuale variazione che dovesse intervenire circa </w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">perdita dei requisiti </w:t>
       </w:r>
@@ -773,255 +533,221 @@
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">emanato con il </w:t>
       </w:r>
       <w:r w:rsidR="007C7622">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>D.D.</w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E12DD6" w:rsidRPr="00E12DD6">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">prot. n. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006636C8" w:rsidRPr="006636C8">
+        <w:t xml:space="preserve">prot. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4ECF">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
-          <w:highlight w:val="yellow"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E12DD6" w:rsidRPr="006636C8">
+        </w:rPr>
+        <w:t xml:space="preserve">MUR </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12DD6" w:rsidRPr="00E12DD6">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n. </w:t>
+      </w:r>
+      <w:r w:rsidR="00467C0B" w:rsidRPr="00467C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12DD6" w:rsidRPr="00467C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> del</w:t>
       </w:r>
-      <w:r w:rsidR="006636C8" w:rsidRPr="006636C8">
+      <w:r w:rsidR="00467C0B" w:rsidRPr="00467C0B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="006636C8" w:rsidRPr="006636C8">
+        </w:rPr>
+        <w:t>l’8 gennaio 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3C94">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
-          <w:highlight w:val="yellow"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00E12DD6" w:rsidRPr="006636C8">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12DD6">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:iCs/>
-          <w:highlight w:val="yellow"/>
-[...21 lines deleted...]
-          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">nonché </w:t>
       </w:r>
       <w:r w:rsidR="0064762A" w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a comunicare l’eventuale </w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">cambio del legale rappresentante dell’ente </w:t>
       </w:r>
       <w:r w:rsidR="00E80A06" w:rsidRPr="00EE3C94">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>[</w:t>
-[...17 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>[EnteDenominazione]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A65D84">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D8404BC" w14:textId="77777777" w:rsidR="00BB34D4" w:rsidRPr="0022520A" w:rsidRDefault="00BB34D4" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AF694E2" w14:textId="1715D21A" w:rsidR="00E80A06" w:rsidRPr="0022520A" w:rsidRDefault="00E80A06" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ACCONSENTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A6ED836" w14:textId="64DDD53D" w:rsidR="00E110C4" w:rsidRDefault="00E110C4" w:rsidP="0022520A">
+    <w:p w14:paraId="2A6ED836" w14:textId="113679B9" w:rsidR="00E110C4" w:rsidRDefault="00E110C4" w:rsidP="0022520A">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ai sensi e per gli effetti degli articoli 13 e 14 del Regolamento UE 679/2016 e del Decreto Legislativo n. 196/2003 e ss.ii.mm. con la sottoscrizione del presente modulo al trattamento dei dati personali secondo le modalità e i limiti di cui all’informativa </w:t>
       </w:r>
       <w:r w:rsidRPr="00857534">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>privacy</w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> del Ministero dell’Università e della Ricerca </w:t>
       </w:r>
       <w:r w:rsidRPr="00401013">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">disponibile al link </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="005D6A38" w:rsidRPr="00F126C3">
+      <w:hyperlink r:id="rId8" w:anchor="modulistica" w:history="1">
+        <w:r w:rsidR="00467C0B" w:rsidRPr="006F6429">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
-            <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond"/>
-            <w:highlight w:val="yellow"/>
+            <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+            <w:bCs/>
           </w:rPr>
-          <w:t>https://www.gea.mur.gov.it/docs/InformativaMURPNRA2024.pdf</w:t>
+          <w:t>https://www.gea.mur.gov.it/Bandi/Pnra2025#modulistica</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0043484E" w:rsidRPr="00401013">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00467C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00401013">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>che si dà per letta ed approvata.</w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA70E5C" w14:textId="77777777" w:rsidR="00BB34D4" w:rsidRPr="0022520A" w:rsidRDefault="00BB34D4" w:rsidP="0022520A">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -1069,65 +795,51 @@
     </w:p>
     <w:p w14:paraId="6DA61DD9" w14:textId="00B74918" w:rsidR="00E80A06" w:rsidRDefault="00E80A06" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="75" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Il Titolare del trattamento garantisce la facoltà di esercitare in qualsiasi momento i diritti previsti dagli artt. 15, 16 e 17 del Regolamento (UE) 2016/679, in particolare per accesso, rettifica, integrazione, aggiornamento e cancellazione, rivolgendosi al Ministero dell'Università e della Ricerca – </w:t>
       </w:r>
       <w:r w:rsidR="002918A0" w:rsidRPr="002918A0">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
         <w:t>Direzione generale per la valutazione e la sicurezza della ricerca</w:t>
       </w:r>
       <w:r w:rsidRPr="0022520A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Largo Antonio Ruberti, 1 – 00153 Roma – </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> – Largo Antonio Ruberti, 1 – 00153 Roma – email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00857534" w:rsidRPr="0028269E">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Arial"/>
           </w:rPr>
           <w:t>pnra@mur.gov.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6E4DB989" w14:textId="77777777" w:rsidR="00E80A06" w:rsidRPr="0022520A" w:rsidRDefault="00E80A06" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="300" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2477E368" w14:textId="0AAB7254" w:rsidR="00117ACB" w:rsidRPr="002918A0" w:rsidRDefault="00A82EC9" w:rsidP="00A60811">
       <w:pPr>
         <w:spacing w:after="300" w:line="360" w:lineRule="auto"/>
@@ -1143,141 +855,141 @@
       <w:r w:rsidRPr="002918A0">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:eastAsia="Times New Roman" w:hAnsi="Garamond" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>Luogo, data e firma digitale</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00117ACB" w:rsidRPr="002918A0" w:rsidSect="00A60811">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="753C374C" w14:textId="77777777" w:rsidR="00BF4B03" w:rsidRDefault="00BF4B03" w:rsidP="0022520A">
+    <w:p w14:paraId="2B84BC19" w14:textId="77777777" w:rsidR="00991DA1" w:rsidRDefault="00991DA1" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19601CF9" w14:textId="77777777" w:rsidR="00BF4B03" w:rsidRDefault="00BF4B03" w:rsidP="0022520A">
+    <w:p w14:paraId="535B13F6" w14:textId="77777777" w:rsidR="00991DA1" w:rsidRDefault="00991DA1" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:altName w:val="Consolas"/>
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67A7AB12" w14:textId="77777777" w:rsidR="00BF4B03" w:rsidRDefault="00BF4B03" w:rsidP="0022520A">
+    <w:p w14:paraId="4DB11510" w14:textId="77777777" w:rsidR="00991DA1" w:rsidRDefault="00991DA1" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02AF1469" w14:textId="77777777" w:rsidR="00BF4B03" w:rsidRDefault="00BF4B03" w:rsidP="0022520A">
+    <w:p w14:paraId="1918C96A" w14:textId="77777777" w:rsidR="00991DA1" w:rsidRDefault="00991DA1" w:rsidP="0022520A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="744A7746" w14:textId="77777777" w:rsidR="0022520A" w:rsidRPr="0022520A" w:rsidRDefault="0022520A" w:rsidP="0022520A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="5233"/>
       </w:tabs>
       <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:lang w:eastAsia="it-IT"/>
       </w:rPr>
@@ -1384,162 +1096,167 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="202405341">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F18E0"/>
     <w:rsid w:val="00027309"/>
     <w:rsid w:val="000D69C8"/>
     <w:rsid w:val="00117ACB"/>
     <w:rsid w:val="00147A41"/>
     <w:rsid w:val="001A0F8F"/>
     <w:rsid w:val="001A5D5D"/>
     <w:rsid w:val="001C2F3A"/>
     <w:rsid w:val="001C652F"/>
     <w:rsid w:val="001D03EB"/>
     <w:rsid w:val="001F18E0"/>
     <w:rsid w:val="0022520A"/>
     <w:rsid w:val="00265F51"/>
     <w:rsid w:val="002918A0"/>
     <w:rsid w:val="002A0710"/>
     <w:rsid w:val="002C242A"/>
     <w:rsid w:val="00371719"/>
     <w:rsid w:val="003F629E"/>
     <w:rsid w:val="00401013"/>
     <w:rsid w:val="00417A06"/>
     <w:rsid w:val="004226C1"/>
     <w:rsid w:val="0043484E"/>
+    <w:rsid w:val="00467C0B"/>
     <w:rsid w:val="0049301B"/>
     <w:rsid w:val="005025F1"/>
     <w:rsid w:val="00525117"/>
+    <w:rsid w:val="00531423"/>
     <w:rsid w:val="005D6A38"/>
     <w:rsid w:val="0064762A"/>
     <w:rsid w:val="006636C8"/>
     <w:rsid w:val="00693572"/>
     <w:rsid w:val="006D420B"/>
     <w:rsid w:val="006F3933"/>
     <w:rsid w:val="007C7622"/>
     <w:rsid w:val="00802E48"/>
     <w:rsid w:val="00831CB9"/>
     <w:rsid w:val="00834EFD"/>
     <w:rsid w:val="00857534"/>
     <w:rsid w:val="00860F44"/>
     <w:rsid w:val="008750F4"/>
     <w:rsid w:val="0090497D"/>
     <w:rsid w:val="00912B80"/>
+    <w:rsid w:val="009357A4"/>
+    <w:rsid w:val="00991DA1"/>
     <w:rsid w:val="00A4163A"/>
     <w:rsid w:val="00A43E65"/>
     <w:rsid w:val="00A60811"/>
     <w:rsid w:val="00A636C4"/>
     <w:rsid w:val="00A65D84"/>
     <w:rsid w:val="00A82EC9"/>
     <w:rsid w:val="00AA5A3A"/>
     <w:rsid w:val="00B33A89"/>
     <w:rsid w:val="00B42C74"/>
     <w:rsid w:val="00BB34D4"/>
     <w:rsid w:val="00BF4B03"/>
     <w:rsid w:val="00C16C8B"/>
     <w:rsid w:val="00C47504"/>
     <w:rsid w:val="00C66503"/>
+    <w:rsid w:val="00C9754A"/>
     <w:rsid w:val="00CD6688"/>
+    <w:rsid w:val="00CE4ECF"/>
     <w:rsid w:val="00CE542B"/>
     <w:rsid w:val="00D450AF"/>
     <w:rsid w:val="00D67653"/>
     <w:rsid w:val="00E110C4"/>
     <w:rsid w:val="00E12DD6"/>
     <w:rsid w:val="00E80A06"/>
     <w:rsid w:val="00EA18EA"/>
     <w:rsid w:val="00EE3C94"/>
     <w:rsid w:val="00EF3D74"/>
     <w:rsid w:val="00F179B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D16AFA0"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -2459,51 +2176,51 @@
             <w:right w:val="single" w:sz="12" w:space="3" w:color="000000"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="428742994">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="150"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/docs/InformativaMURPNRA2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.gov.it" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gea.mur.gov.it/Bandi/Pnra2025" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnra@mur.gov.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2745,53 +2462,53 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF3E008E-3299-4A8F-82C4-C664A8FAD2F2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>386</Words>
-  <Characters>2202</Characters>
+  <Characters>2201</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2583</CharactersWithSpaces>
+  <CharactersWithSpaces>2582</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>